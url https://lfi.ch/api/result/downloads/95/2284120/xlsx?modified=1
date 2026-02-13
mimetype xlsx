--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -17,128 +17,128 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
-[...2 lines deleted...]
-    <t>funzione di protezione della natura</t>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>fonction de protection de la nature</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile</t>
+      <t xml:space="preserve">: forêt accessible</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>no</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>non</t>
+  </si>
+  <si>
+    <t>oui</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2284120/622052</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">funzione di protezione della natura</t>
+      <t xml:space="preserve">fonction de protection de la nature</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #474</t>
     </r>
   </si>
   <si>
-    <t>Presenza della funzione del bosco «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Indication de la fonction «protection de la nature» selon la planification forestière ou l'évaluation experte par le service forestier local. Source: enquête auprès des services forestiers (MID 327: Fonctions particulières de la forêt)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile</t>
+      <t xml:space="preserve">forêt accessible</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto», e che può essere raggiunta a piedi.</t>
+    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1270.3</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2284120/622052</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">funzione di protezione della natura</t>
+            <t xml:space="preserve">fonction de protection de la nature</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #474</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile</t>
+            <t xml:space="preserve">forêt accessible</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>