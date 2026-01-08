--- v0 (2026-01-08)
+++ v1 (2026-01-08)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>special forest function (2 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>spezielle Waldfunktion (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,246 +373,246 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>absent</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nicht vorhanden</t>
+  </si>
+  <si>
+    <t>vorhanden</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2285264/623196</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">special forest function (2 classes)</t>
+      <t xml:space="preserve">spezielle Waldfunktion (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1095</t>
     </r>
   </si>
   <si>
-    <t>Presence of a forest function that is locally very important according to forest plans or an assessment by the local forest service – in two classes (present/absent). Forest functions include e.g. timber production, protection against natural hazards, nature conservation and drinking water protection. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Vorkommen einer Waldfunktion von erheblicher lokaler Bedeutung gemäss forstlicher Planung oder gutachterlicher Einschätzung durch den lokalen Forstdienst in zwei Klassen (vorhanden/nicht vorhanden). Waldfunktionen sind z.B. Holzproduktion, Schutz gegen Naturgefahren, Naturschutz, Trinkwasserschutz. Grundlage: Forstdienstbefragung (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -964,51 +964,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -4625,51 +4625,51 @@
         <v>0.0</v>
       </c>
       <c r="GE16" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF16" s="6">
         <v>1211.5</v>
       </c>
       <c r="GG16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:189" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2285264/623196</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -4843,191 +4843,191 @@
       <c r="FW17" s="3"/>
       <c r="FX17" s="3"/>
       <c r="FY17" s="3"/>
       <c r="FZ17" s="3"/>
       <c r="GA17" s="3"/>
       <c r="GB17" s="3"/>
       <c r="GC17" s="3"/>
       <c r="GD17" s="3"/>
       <c r="GE17" s="3"/>
       <c r="GF17" s="3"/>
       <c r="GG17" s="3"/>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:189" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">special forest function (2 classes)</t>
+            <t xml:space="preserve">spezielle Waldfunktion (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1095</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>