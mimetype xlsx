--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>Waldtyp (3 Klassen) · Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+    <t>tipo di bosco (3 classi) · data dell'ultimo intervento (classi di 10 anni)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Forstkreis (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,305 +373,305 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Waldtyp (3 Klassen)</t>
+    <t>tipo di bosco (3 classi)</t>
   </si>
   <si>
-    <t>Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+    <t>data dell'ultimo intervento (classi di 10 anni)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vor =10 Jahren</t>
+    <t>0-10 anni fa</t>
   </si>
   <si>
-    <t>vor 11-20 Jahren</t>
+    <t>11-20 anni fa</t>
   </si>
   <si>
-    <t>vor 21-30 Jahren</t>
+    <t>21-30 anni fa</t>
   </si>
   <si>
-    <t>vor 31-40 Jahren</t>
+    <t>31-40 anni fa</t>
   </si>
   <si>
-    <t>vor 41-50 Jahren</t>
+    <t>41-50 anni fa</t>
   </si>
   <si>
-    <t>vor 51-100 Jahren</t>
+    <t>51-100 anni fa</t>
   </si>
   <si>
-    <t>letzter Eingriff vor &gt;100 Jahren oder nie genutzt</t>
+    <t>&gt;100 anni fa o mai nessuna gestione</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>zugänglicher Wald ohne Gebüschwald</t>
+    <t>bosco accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>unzugänglicher Wald ohne Gebüschwald</t>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t xml:space="preserve">Gebüschwald </t>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286180/624112</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Einteilung des Waldes aufgrund des Waldentscheids und der Zugänglichkeit in die drei Klassen «zugänglicher Wald ohne Gebüschwald», «unzugänglicher Wald ohne Gebüschwald» und «Gebüschwald».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+      <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1023,52 +1023,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -28074,51 +28074,51 @@
         <v>108</v>
       </c>
       <c r="GF57" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG57" s="6">
         <v>100.0</v>
       </c>
       <c r="GH57" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="58" spans="1:190" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286180/624112</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
@@ -28292,226 +28292,226 @@
       <c r="FX58" s="3"/>
       <c r="FY58" s="3"/>
       <c r="FZ58" s="3"/>
       <c r="GA58" s="3"/>
       <c r="GB58" s="3"/>
       <c r="GC58" s="3"/>
       <c r="GD58" s="3"/>
       <c r="GE58" s="3"/>
       <c r="GF58" s="3"/>
       <c r="GG58" s="3"/>
       <c r="GH58" s="3"/>
     </row>
     <row r="61" spans="1:190">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:190" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (3 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
+            <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="70" spans="1:190">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:190" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:190">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:190" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>132</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>