--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzbasalfläche</t>
+  </si>
+  <si>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: Forstkreis (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Forstkreis (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,279 +373,279 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>Seen</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>Föhre</t>
+  </si>
+  <si>
+    <t>Lärche</t>
+  </si>
+  <si>
+    <t>Arve</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>Ahorn</t>
+  </si>
+  <si>
+    <t>Esche</t>
+  </si>
+  <si>
+    <t>Eiche</t>
+  </si>
+  <si>
+    <t>Kastanie</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286243/624175</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">Totholzbasalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) der toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">Forstkreis (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -997,51 +997,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -10917,51 +10917,51 @@
         <v>0.0</v>
       </c>
       <c r="GE27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF27" s="6">
         <v>3.3</v>
       </c>
       <c r="GG27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286243/624175</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -11135,191 +11135,191 @@
       <c r="FW28" s="3"/>
       <c r="FX28" s="3"/>
       <c r="FY28" s="3"/>
       <c r="FZ28" s="3"/>
       <c r="GA28" s="3"/>
       <c r="GB28" s="3"/>
       <c r="GC28" s="3"/>
       <c r="GD28" s="3"/>
       <c r="GE28" s="3"/>
       <c r="GF28" s="3"/>
       <c r="GG28" s="3"/>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">Totholzbasalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">Forstkreis (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:189">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:189" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="43" spans="1:189">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:189" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>