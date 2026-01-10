--- v0 (2026-01-08)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>intensità della gestione forestale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest management intensity</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>circondario forestale (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,249 +373,249 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
-[...2 lines deleted...]
-    <t>Svizzera</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>normale</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>normal</t>
+  </si>
+  <si>
+    <t>low</t>
+  </si>
+  <si>
+    <t>unmanaged</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286472/624404</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensità della gestione forestale</t>
+      <t xml:space="preserve">forest management intensity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensità della gestione forestale in tre classi, derivata dalla fertilità del sito e dalla data dell'ultimo intervento. Fonte: inchiesta presso il servizio forestale (MID 607: Anzahl Jahre seit dem letzten Eingriff), modello per la fertilità (Gesamtwuchsleistung nach Keller 1978)</t>
+    <t>Intensity of forest management, classified in three classes according to site quality and the time of the last treatment. Reference: Forest Service Survey (MID 607: Anzahl Jahre seit dem letzten Eingriff); modelled site quality (total growth performance according to Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -967,51 +967,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -5197,51 +5197,51 @@
         <v>106</v>
       </c>
       <c r="GE17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF17" s="6">
         <v>100.0</v>
       </c>
       <c r="GG17" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:189" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286472/624404</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -5415,191 +5415,191 @@
       <c r="FW18" s="3"/>
       <c r="FX18" s="3"/>
       <c r="FY18" s="3"/>
       <c r="FZ18" s="3"/>
       <c r="GA18" s="3"/>
       <c r="GB18" s="3"/>
       <c r="GC18" s="3"/>
       <c r="GD18" s="3"/>
       <c r="GE18" s="3"/>
       <c r="GF18" s="3"/>
       <c r="GG18" s="3"/>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="24" spans="1:189">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensità della gestione forestale</t>
+            <t xml:space="preserve">forest management intensity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:189" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:189">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:189" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>121</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>