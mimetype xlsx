--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>time of last treatment (in 10-year classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>data dell'ultimo intervento (classi di 10 anni)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>forest district (2024)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,261 +373,261 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
-[...2 lines deleted...]
-    <t>Switzerland</t>
+    <t>laghi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=10 years ago</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>0-10 anni fa</t>
+  </si>
+  <si>
+    <t>11-20 anni fa</t>
+  </si>
+  <si>
+    <t>21-30 anni fa</t>
+  </si>
+  <si>
+    <t>31-40 anni fa</t>
+  </si>
+  <si>
+    <t>41-50 anni fa</t>
+  </si>
+  <si>
+    <t>51-100 anni fa</t>
+  </si>
+  <si>
+    <t>&gt;100 anni fa o mai nessuna gestione</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286810/624742</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
+      <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Number of years since the last silvicultural treatment – in classes of ten years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché tagli fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -646,66 +646,63 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -982,51 +979,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2358,5181 +2355,5181 @@
         <v>104</v>
       </c>
       <c r="GB12" s="4" t="s">
         <v>103</v>
       </c>
       <c r="GC12" s="4" t="s">
         <v>104</v>
       </c>
       <c r="GD12" s="4" t="s">
         <v>103</v>
       </c>
       <c r="GE12" s="4" t="s">
         <v>104</v>
       </c>
       <c r="GF12" s="4" t="s">
         <v>103</v>
       </c>
       <c r="GG12" s="4" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:189">
       <c r="A13" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="B13" s="7">
-[...35 lines deleted...]
-      <c r="N13" s="7">
+      <c r="B13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" s="6">
         <v>0.5</v>
       </c>
-      <c r="O13" s="7" t="s">
-[...521 lines deleted...]
-      <c r="GG13" s="7" t="s">
+      <c r="O13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="Q13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="R13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="S13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="U13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="V13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="W13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="Y13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AG13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AI13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AJ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AK13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AM13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AO13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AP13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AQ13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AR13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AS13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AT13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AU13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AV13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AW13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AX13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AY13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AZ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BD13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BG13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BH13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BI13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BK13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BM13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BO13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BQ13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BS13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BU13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BV13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BW13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BX13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BY13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BZ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CD13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CG13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CH13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CI13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CJ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CK13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CM13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CO13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CP13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CQ13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CR13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CS13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CT13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CU13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CV13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CW13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CX13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CY13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CZ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DG13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DH13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DI13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DJ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DK13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DL13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DM13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DN13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DO13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DP13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DQ13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DR13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DS13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DT13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DU13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DV13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DW13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DX13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DY13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DZ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ED13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EG13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EH13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EI13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EK13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EM13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EN13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EO13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EQ13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ER13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="ES13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ET13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EU13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EV13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EW13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EX13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EY13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EZ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FG13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FI13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FJ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FK13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FL13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FM13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FN13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FO13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FQ13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FR13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FS13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FU13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FV13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FW13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FY13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GA13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GC13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE13" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF13" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GG13" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="14" spans="1:189">
-      <c r="A14" s="6" t="s">
+      <c r="A14" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="B14" s="7">
+      <c r="B14" s="6">
         <v>72.7</v>
       </c>
-      <c r="C14" s="7">
+      <c r="C14" s="6">
         <v>7.4</v>
       </c>
-      <c r="D14" s="7">
+      <c r="D14" s="6">
         <v>60.9</v>
       </c>
-      <c r="E14" s="7">
+      <c r="E14" s="6">
         <v>8.9</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F14" s="6">
         <v>89.2</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G14" s="6">
         <v>7.2</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H14" s="6">
         <v>73.2</v>
       </c>
-      <c r="I14" s="7">
+      <c r="I14" s="6">
         <v>7.3</v>
       </c>
-      <c r="J14" s="7">
+      <c r="J14" s="6">
         <v>57.8</v>
       </c>
-      <c r="K14" s="7">
+      <c r="K14" s="6">
         <v>12.4</v>
       </c>
-      <c r="L14" s="7">
+      <c r="L14" s="6">
         <v>60.0</v>
       </c>
-      <c r="M14" s="7">
+      <c r="M14" s="6">
         <v>9.9</v>
       </c>
-      <c r="N14" s="7">
+      <c r="N14" s="6">
         <v>25.2</v>
       </c>
-      <c r="O14" s="7">
+      <c r="O14" s="6">
         <v>3.1</v>
       </c>
-      <c r="P14" s="7">
+      <c r="P14" s="6">
         <v>58.7</v>
       </c>
-      <c r="Q14" s="7">
+      <c r="Q14" s="6">
         <v>4.6</v>
       </c>
-      <c r="R14" s="7">
+      <c r="R14" s="6">
         <v>77.5</v>
       </c>
-      <c r="S14" s="7">
+      <c r="S14" s="6">
         <v>3.6</v>
       </c>
-      <c r="T14" s="7">
+      <c r="T14" s="6">
         <v>57.8</v>
       </c>
-      <c r="U14" s="7">
+      <c r="U14" s="6">
         <v>5.6</v>
       </c>
-      <c r="V14" s="7">
+      <c r="V14" s="6">
         <v>91.1</v>
       </c>
-      <c r="W14" s="7">
+      <c r="W14" s="6">
         <v>8.5</v>
       </c>
-      <c r="X14" s="7">
+      <c r="X14" s="6">
         <v>46.6</v>
       </c>
-      <c r="Y14" s="7">
+      <c r="Y14" s="6">
         <v>12.9</v>
       </c>
-      <c r="Z14" s="7">
+      <c r="Z14" s="6">
         <v>63.0</v>
       </c>
-      <c r="AA14" s="7">
+      <c r="AA14" s="6">
         <v>9.8</v>
       </c>
-      <c r="AB14" s="7">
-[...5 lines deleted...]
-      <c r="AD14" s="7">
+      <c r="AB14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC14" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD14" s="6">
         <v>55.7</v>
       </c>
-      <c r="AE14" s="7">
+      <c r="AE14" s="6">
         <v>15.0</v>
       </c>
-      <c r="AF14" s="7">
+      <c r="AF14" s="6">
         <v>47.0</v>
       </c>
-      <c r="AG14" s="7">
+      <c r="AG14" s="6">
         <v>8.9</v>
       </c>
-      <c r="AH14" s="7">
+      <c r="AH14" s="6">
         <v>33.2</v>
       </c>
-      <c r="AI14" s="7">
+      <c r="AI14" s="6">
         <v>7.2</v>
       </c>
-      <c r="AJ14" s="7">
+      <c r="AJ14" s="6">
         <v>52.0</v>
       </c>
-      <c r="AK14" s="7">
+      <c r="AK14" s="6">
         <v>9.0</v>
       </c>
-      <c r="AL14" s="7">
+      <c r="AL14" s="6">
         <v>70.9</v>
       </c>
-      <c r="AM14" s="7">
+      <c r="AM14" s="6">
         <v>17.4</v>
       </c>
-      <c r="AN14" s="7">
+      <c r="AN14" s="6">
         <v>47.9</v>
       </c>
-      <c r="AO14" s="7">
+      <c r="AO14" s="6">
         <v>7.2</v>
       </c>
-      <c r="AP14" s="7">
+      <c r="AP14" s="6">
         <v>28.4</v>
       </c>
-      <c r="AQ14" s="7">
+      <c r="AQ14" s="6">
         <v>5.0</v>
       </c>
-      <c r="AR14" s="7">
+      <c r="AR14" s="6">
         <v>28.2</v>
       </c>
-      <c r="AS14" s="7">
+      <c r="AS14" s="6">
         <v>6.0</v>
       </c>
-      <c r="AT14" s="7">
+      <c r="AT14" s="6">
         <v>37.8</v>
       </c>
-      <c r="AU14" s="7">
+      <c r="AU14" s="6">
         <v>5.4</v>
       </c>
-      <c r="AV14" s="7">
+      <c r="AV14" s="6">
         <v>15.8</v>
       </c>
-      <c r="AW14" s="7">
+      <c r="AW14" s="6">
         <v>3.0</v>
       </c>
-      <c r="AX14" s="7">
+      <c r="AX14" s="6">
         <v>21.0</v>
       </c>
-      <c r="AY14" s="7">
+      <c r="AY14" s="6">
         <v>3.3</v>
       </c>
-      <c r="AZ14" s="7">
+      <c r="AZ14" s="6">
         <v>46.6</v>
       </c>
-      <c r="BA14" s="7">
+      <c r="BA14" s="6">
         <v>5.3</v>
       </c>
-      <c r="BB14" s="7">
+      <c r="BB14" s="6">
         <v>40.9</v>
       </c>
-      <c r="BC14" s="7">
+      <c r="BC14" s="6">
         <v>7.9</v>
       </c>
-      <c r="BD14" s="7">
+      <c r="BD14" s="6">
         <v>62.2</v>
       </c>
-      <c r="BE14" s="7">
+      <c r="BE14" s="6">
         <v>7.4</v>
       </c>
-      <c r="BF14" s="7">
+      <c r="BF14" s="6">
         <v>42.5</v>
       </c>
-      <c r="BG14" s="7">
+      <c r="BG14" s="6">
         <v>7.0</v>
       </c>
-      <c r="BH14" s="7">
+      <c r="BH14" s="6">
         <v>77.8</v>
       </c>
-      <c r="BI14" s="7">
+      <c r="BI14" s="6">
         <v>11.3</v>
       </c>
-      <c r="BJ14" s="7">
+      <c r="BJ14" s="6">
         <v>82.0</v>
       </c>
-      <c r="BK14" s="7">
+      <c r="BK14" s="6">
         <v>8.1</v>
       </c>
-      <c r="BL14" s="7">
+      <c r="BL14" s="6">
         <v>74.9</v>
       </c>
-      <c r="BM14" s="7">
+      <c r="BM14" s="6">
         <v>12.6</v>
       </c>
-      <c r="BN14" s="7">
+      <c r="BN14" s="6">
         <v>56.6</v>
       </c>
-      <c r="BO14" s="7">
+      <c r="BO14" s="6">
         <v>13.3</v>
       </c>
-      <c r="BP14" s="7">
+      <c r="BP14" s="6">
         <v>76.7</v>
       </c>
-      <c r="BQ14" s="7">
+      <c r="BQ14" s="6">
         <v>8.4</v>
       </c>
-      <c r="BR14" s="7">
+      <c r="BR14" s="6">
         <v>31.2</v>
       </c>
-      <c r="BS14" s="7">
+      <c r="BS14" s="6">
         <v>10.6</v>
       </c>
-      <c r="BT14" s="7">
+      <c r="BT14" s="6">
         <v>18.0</v>
       </c>
-      <c r="BU14" s="7">
+      <c r="BU14" s="6">
         <v>8.3</v>
       </c>
-      <c r="BV14" s="7">
+      <c r="BV14" s="6">
         <v>39.4</v>
       </c>
-      <c r="BW14" s="7">
+      <c r="BW14" s="6">
         <v>8.4</v>
       </c>
-      <c r="BX14" s="7">
+      <c r="BX14" s="6">
         <v>67.5</v>
       </c>
-      <c r="BY14" s="7">
+      <c r="BY14" s="6">
         <v>10.1</v>
       </c>
-      <c r="BZ14" s="7">
+      <c r="BZ14" s="6">
         <v>44.2</v>
       </c>
-      <c r="CA14" s="7">
+      <c r="CA14" s="6">
         <v>10.6</v>
       </c>
-      <c r="CB14" s="7">
+      <c r="CB14" s="6">
         <v>24.8</v>
       </c>
-      <c r="CC14" s="7">
+      <c r="CC14" s="6">
         <v>6.0</v>
       </c>
-      <c r="CD14" s="7">
+      <c r="CD14" s="6">
         <v>55.4</v>
       </c>
-      <c r="CE14" s="7">
+      <c r="CE14" s="6">
         <v>10.8</v>
       </c>
-      <c r="CF14" s="7">
+      <c r="CF14" s="6">
         <v>42.3</v>
       </c>
-      <c r="CG14" s="7">
+      <c r="CG14" s="6">
         <v>7.5</v>
       </c>
-      <c r="CH14" s="7">
+      <c r="CH14" s="6">
         <v>55.5</v>
       </c>
-      <c r="CI14" s="7">
+      <c r="CI14" s="6">
         <v>8.3</v>
       </c>
-      <c r="CJ14" s="7">
+      <c r="CJ14" s="6">
         <v>66.9</v>
       </c>
-      <c r="CK14" s="7">
+      <c r="CK14" s="6">
         <v>9.6</v>
       </c>
-      <c r="CL14" s="7">
+      <c r="CL14" s="6">
         <v>52.5</v>
       </c>
-      <c r="CM14" s="7">
+      <c r="CM14" s="6">
         <v>10.9</v>
       </c>
-      <c r="CN14" s="7">
+      <c r="CN14" s="6">
         <v>47.5</v>
       </c>
-      <c r="CO14" s="7">
+      <c r="CO14" s="6">
         <v>11.5</v>
       </c>
-      <c r="CP14" s="7">
+      <c r="CP14" s="6">
         <v>55.9</v>
       </c>
-      <c r="CQ14" s="7">
+      <c r="CQ14" s="6">
         <v>10.4</v>
       </c>
-      <c r="CR14" s="7">
+      <c r="CR14" s="6">
         <v>28.8</v>
       </c>
-      <c r="CS14" s="7">
+      <c r="CS14" s="6">
         <v>8.1</v>
       </c>
-      <c r="CT14" s="7">
+      <c r="CT14" s="6">
         <v>48.0</v>
       </c>
-      <c r="CU14" s="7">
+      <c r="CU14" s="6">
         <v>9.7</v>
       </c>
-      <c r="CV14" s="7">
+      <c r="CV14" s="6">
         <v>28.5</v>
       </c>
-      <c r="CW14" s="7">
+      <c r="CW14" s="6">
         <v>9.8</v>
       </c>
-      <c r="CX14" s="7">
+      <c r="CX14" s="6">
         <v>69.5</v>
       </c>
-      <c r="CY14" s="7">
+      <c r="CY14" s="6">
         <v>9.6</v>
       </c>
-      <c r="CZ14" s="7">
+      <c r="CZ14" s="6">
         <v>86.2</v>
       </c>
-      <c r="DA14" s="7">
+      <c r="DA14" s="6">
         <v>7.4</v>
       </c>
-      <c r="DB14" s="7">
+      <c r="DB14" s="6">
         <v>72.4</v>
       </c>
-      <c r="DC14" s="7">
+      <c r="DC14" s="6">
         <v>8.3</v>
       </c>
-      <c r="DD14" s="7">
+      <c r="DD14" s="6">
         <v>8.6</v>
       </c>
-      <c r="DE14" s="7">
+      <c r="DE14" s="6">
         <v>5.8</v>
       </c>
-      <c r="DF14" s="7">
+      <c r="DF14" s="6">
         <v>11.5</v>
       </c>
-      <c r="DG14" s="7">
+      <c r="DG14" s="6">
         <v>4.8</v>
       </c>
-      <c r="DH14" s="7">
+      <c r="DH14" s="6">
         <v>21.4</v>
       </c>
-      <c r="DI14" s="7">
+      <c r="DI14" s="6">
         <v>7.2</v>
       </c>
-      <c r="DJ14" s="7">
+      <c r="DJ14" s="6">
         <v>7.1</v>
       </c>
-      <c r="DK14" s="7">
+      <c r="DK14" s="6">
         <v>4.0</v>
       </c>
-      <c r="DL14" s="7">
+      <c r="DL14" s="6">
         <v>15.5</v>
       </c>
-      <c r="DM14" s="7">
+      <c r="DM14" s="6">
         <v>6.4</v>
       </c>
-      <c r="DN14" s="7">
-[...5 lines deleted...]
-      <c r="DP14" s="7">
+      <c r="DN14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DO14" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DP14" s="6">
         <v>4.6</v>
       </c>
-      <c r="DQ14" s="7">
+      <c r="DQ14" s="6">
         <v>2.6</v>
       </c>
-      <c r="DR14" s="7">
+      <c r="DR14" s="6">
         <v>10.5</v>
       </c>
-      <c r="DS14" s="7">
+      <c r="DS14" s="6">
         <v>5.0</v>
       </c>
-      <c r="DT14" s="7">
+      <c r="DT14" s="6">
         <v>6.9</v>
       </c>
-      <c r="DU14" s="7">
+      <c r="DU14" s="6">
         <v>3.8</v>
       </c>
-      <c r="DV14" s="7">
+      <c r="DV14" s="6">
         <v>10.0</v>
       </c>
-      <c r="DW14" s="7">
+      <c r="DW14" s="6">
         <v>6.8</v>
       </c>
-      <c r="DX14" s="7">
+      <c r="DX14" s="6">
         <v>15.8</v>
       </c>
-      <c r="DY14" s="7">
+      <c r="DY14" s="6">
         <v>10.1</v>
       </c>
-      <c r="DZ14" s="7">
+      <c r="DZ14" s="6">
         <v>18.6</v>
       </c>
-      <c r="EA14" s="7">
+      <c r="EA14" s="6">
         <v>7.6</v>
       </c>
-      <c r="EB14" s="7">
+      <c r="EB14" s="6">
         <v>43.9</v>
       </c>
-      <c r="EC14" s="7">
+      <c r="EC14" s="6">
         <v>10.0</v>
       </c>
-      <c r="ED14" s="7">
+      <c r="ED14" s="6">
         <v>18.6</v>
       </c>
-      <c r="EE14" s="7">
+      <c r="EE14" s="6">
         <v>7.5</v>
       </c>
-      <c r="EF14" s="7">
+      <c r="EF14" s="6">
         <v>24.5</v>
       </c>
-      <c r="EG14" s="7">
+      <c r="EG14" s="6">
         <v>8.8</v>
       </c>
-      <c r="EH14" s="7">
+      <c r="EH14" s="6">
         <v>63.8</v>
       </c>
-      <c r="EI14" s="7">
+      <c r="EI14" s="6">
         <v>13.2</v>
       </c>
-      <c r="EJ14" s="7">
+      <c r="EJ14" s="6">
         <v>71.3</v>
       </c>
-      <c r="EK14" s="7">
+      <c r="EK14" s="6">
         <v>17.2</v>
       </c>
-      <c r="EL14" s="7">
+      <c r="EL14" s="6">
         <v>43.2</v>
       </c>
-      <c r="EM14" s="7">
+      <c r="EM14" s="6">
         <v>9.4</v>
       </c>
-      <c r="EN14" s="7">
+      <c r="EN14" s="6">
         <v>76.6</v>
       </c>
-      <c r="EO14" s="7">
+      <c r="EO14" s="6">
         <v>14.6</v>
       </c>
-      <c r="EP14" s="7">
+      <c r="EP14" s="6">
         <v>64.5</v>
       </c>
-      <c r="EQ14" s="7">
+      <c r="EQ14" s="6">
         <v>14.3</v>
       </c>
-      <c r="ER14" s="7">
+      <c r="ER14" s="6">
         <v>47.3</v>
       </c>
-      <c r="ES14" s="7">
+      <c r="ES14" s="6">
         <v>9.3</v>
       </c>
-      <c r="ET14" s="7">
+      <c r="ET14" s="6">
         <v>47.1</v>
       </c>
-      <c r="EU14" s="7">
+      <c r="EU14" s="6">
         <v>11.5</v>
       </c>
-      <c r="EV14" s="7">
+      <c r="EV14" s="6">
         <v>64.4</v>
       </c>
-      <c r="EW14" s="7">
+      <c r="EW14" s="6">
         <v>10.1</v>
       </c>
-      <c r="EX14" s="7">
+      <c r="EX14" s="6">
         <v>52.4</v>
       </c>
-      <c r="EY14" s="7">
+      <c r="EY14" s="6">
         <v>11.5</v>
       </c>
-      <c r="EZ14" s="7">
+      <c r="EZ14" s="6">
         <v>43.3</v>
       </c>
-      <c r="FA14" s="7">
+      <c r="FA14" s="6">
         <v>14.4</v>
       </c>
-      <c r="FB14" s="7">
-[...11 lines deleted...]
-      <c r="FF14" s="7">
+      <c r="FB14" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FC14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FD14" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FE14" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FF14" s="6">
         <v>42.7</v>
       </c>
-      <c r="FG14" s="7">
+      <c r="FG14" s="6">
         <v>18.8</v>
       </c>
-      <c r="FH14" s="7">
+      <c r="FH14" s="6">
         <v>16.8</v>
       </c>
-      <c r="FI14" s="7">
+      <c r="FI14" s="6">
         <v>3.1</v>
       </c>
-      <c r="FJ14" s="7">
+      <c r="FJ14" s="6">
         <v>25.9</v>
       </c>
-      <c r="FK14" s="7">
+      <c r="FK14" s="6">
         <v>4.5</v>
       </c>
-      <c r="FL14" s="7">
+      <c r="FL14" s="6">
         <v>27.7</v>
       </c>
-      <c r="FM14" s="7">
+      <c r="FM14" s="6">
         <v>4.3</v>
       </c>
-      <c r="FN14" s="7">
+      <c r="FN14" s="6">
         <v>66.3</v>
       </c>
-      <c r="FO14" s="7">
+      <c r="FO14" s="6">
         <v>12.3</v>
       </c>
-      <c r="FP14" s="7">
+      <c r="FP14" s="6">
         <v>37.3</v>
       </c>
-      <c r="FQ14" s="7">
+      <c r="FQ14" s="6">
         <v>12.1</v>
       </c>
-      <c r="FR14" s="7">
+      <c r="FR14" s="6">
         <v>55.1</v>
       </c>
-      <c r="FS14" s="7">
+      <c r="FS14" s="6">
         <v>11.7</v>
       </c>
-      <c r="FT14" s="7">
+      <c r="FT14" s="6">
         <v>63.2</v>
       </c>
-      <c r="FU14" s="7">
+      <c r="FU14" s="6">
         <v>8.9</v>
       </c>
-      <c r="FV14" s="7">
+      <c r="FV14" s="6">
         <v>67.9</v>
       </c>
-      <c r="FW14" s="7">
+      <c r="FW14" s="6">
         <v>8.4</v>
       </c>
-      <c r="FX14" s="7">
+      <c r="FX14" s="6">
         <v>78.1</v>
       </c>
-      <c r="FY14" s="7">
+      <c r="FY14" s="6">
         <v>9.7</v>
       </c>
-      <c r="FZ14" s="7">
+      <c r="FZ14" s="6">
         <v>86.3</v>
       </c>
-      <c r="GA14" s="7">
+      <c r="GA14" s="6">
         <v>9.0</v>
       </c>
-      <c r="GB14" s="7">
+      <c r="GB14" s="6">
         <v>94.6</v>
       </c>
-      <c r="GC14" s="7">
+      <c r="GC14" s="6">
         <v>5.2</v>
       </c>
-      <c r="GD14" s="7" t="s">
-[...5 lines deleted...]
-      <c r="GF14" s="7">
+      <c r="GD14" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE14" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF14" s="6">
         <v>40.3</v>
       </c>
-      <c r="GG14" s="7">
+      <c r="GG14" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="15" spans="1:189">
       <c r="A15" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="B15" s="7">
+      <c r="B15" s="6">
         <v>10.9</v>
       </c>
-      <c r="C15" s="7">
+      <c r="C15" s="6">
         <v>5.2</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D15" s="6">
         <v>29.4</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E15" s="6">
         <v>8.3</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F15" s="6">
         <v>10.8</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G15" s="6">
         <v>7.2</v>
       </c>
-      <c r="H15" s="7">
+      <c r="H15" s="6">
         <v>21.6</v>
       </c>
-      <c r="I15" s="7">
+      <c r="I15" s="6">
         <v>6.8</v>
       </c>
-      <c r="J15" s="7">
-[...5 lines deleted...]
-      <c r="L15" s="7">
+      <c r="J15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L15" s="6">
         <v>8.9</v>
       </c>
-      <c r="M15" s="7">
+      <c r="M15" s="6">
         <v>6.0</v>
       </c>
-      <c r="N15" s="7">
+      <c r="N15" s="6">
         <v>19.7</v>
       </c>
-      <c r="O15" s="7">
+      <c r="O15" s="6">
         <v>2.9</v>
       </c>
-      <c r="P15" s="7">
+      <c r="P15" s="6">
         <v>25.5</v>
       </c>
-      <c r="Q15" s="7">
+      <c r="Q15" s="6">
         <v>4.1</v>
       </c>
-      <c r="R15" s="7">
+      <c r="R15" s="6">
         <v>15.1</v>
       </c>
-      <c r="S15" s="7">
+      <c r="S15" s="6">
         <v>3.1</v>
       </c>
-      <c r="T15" s="7">
+      <c r="T15" s="6">
         <v>8.9</v>
       </c>
-      <c r="U15" s="7">
+      <c r="U15" s="6">
         <v>3.2</v>
       </c>
-      <c r="V15" s="7">
-[...5 lines deleted...]
-      <c r="X15" s="7">
+      <c r="V15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="W15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X15" s="6">
         <v>19.9</v>
       </c>
-      <c r="Y15" s="7">
+      <c r="Y15" s="6">
         <v>10.3</v>
       </c>
-      <c r="Z15" s="7">
+      <c r="Z15" s="6">
         <v>8.2</v>
       </c>
-      <c r="AA15" s="7">
+      <c r="AA15" s="6">
         <v>5.6</v>
       </c>
-      <c r="AB15" s="7">
-[...5 lines deleted...]
-      <c r="AD15" s="7">
+      <c r="AB15" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AC15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD15" s="6">
         <v>35.3</v>
       </c>
-      <c r="AE15" s="7">
+      <c r="AE15" s="6">
         <v>14.4</v>
       </c>
-      <c r="AF15" s="7">
+      <c r="AF15" s="6">
         <v>29.1</v>
       </c>
-      <c r="AG15" s="7">
+      <c r="AG15" s="6">
         <v>8.2</v>
       </c>
-      <c r="AH15" s="7">
+      <c r="AH15" s="6">
         <v>27.9</v>
       </c>
-      <c r="AI15" s="7">
+      <c r="AI15" s="6">
         <v>6.9</v>
       </c>
-      <c r="AJ15" s="7">
+      <c r="AJ15" s="6">
         <v>31.9</v>
       </c>
-      <c r="AK15" s="7">
+      <c r="AK15" s="6">
         <v>8.4</v>
       </c>
-      <c r="AL15" s="7">
+      <c r="AL15" s="6">
         <v>15.5</v>
       </c>
-      <c r="AM15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AN15" s="7">
+      <c r="AM15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN15" s="6">
         <v>19.1</v>
       </c>
-      <c r="AO15" s="7">
+      <c r="AO15" s="6">
         <v>5.7</v>
       </c>
-      <c r="AP15" s="7">
+      <c r="AP15" s="6">
         <v>7.1</v>
       </c>
-      <c r="AQ15" s="7">
+      <c r="AQ15" s="6">
         <v>2.8</v>
       </c>
-      <c r="AR15" s="7">
+      <c r="AR15" s="6">
         <v>21.0</v>
       </c>
-      <c r="AS15" s="7">
+      <c r="AS15" s="6">
         <v>5.4</v>
       </c>
-      <c r="AT15" s="7">
+      <c r="AT15" s="6">
         <v>8.8</v>
       </c>
-      <c r="AU15" s="7">
+      <c r="AU15" s="6">
         <v>3.2</v>
       </c>
-      <c r="AV15" s="7">
+      <c r="AV15" s="6">
         <v>11.7</v>
       </c>
-      <c r="AW15" s="7">
+      <c r="AW15" s="6">
         <v>2.6</v>
       </c>
-      <c r="AX15" s="7">
+      <c r="AX15" s="6">
         <v>7.9</v>
       </c>
-      <c r="AY15" s="7">
+      <c r="AY15" s="6">
         <v>2.2</v>
       </c>
-      <c r="AZ15" s="7">
+      <c r="AZ15" s="6">
         <v>26.1</v>
       </c>
-      <c r="BA15" s="7">
+      <c r="BA15" s="6">
         <v>4.7</v>
       </c>
-      <c r="BB15" s="7">
+      <c r="BB15" s="6">
         <v>25.5</v>
       </c>
-      <c r="BC15" s="7">
+      <c r="BC15" s="6">
         <v>7.0</v>
       </c>
-      <c r="BD15" s="7">
+      <c r="BD15" s="6">
         <v>35.6</v>
       </c>
-      <c r="BE15" s="7">
+      <c r="BE15" s="6">
         <v>7.4</v>
       </c>
-      <c r="BF15" s="7">
+      <c r="BF15" s="6">
         <v>27.3</v>
       </c>
-      <c r="BG15" s="7">
+      <c r="BG15" s="6">
         <v>6.5</v>
       </c>
-      <c r="BH15" s="7">
+      <c r="BH15" s="6">
         <v>6.9</v>
       </c>
-      <c r="BI15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BJ15" s="7">
+      <c r="BI15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ15" s="6">
         <v>13.5</v>
       </c>
-      <c r="BK15" s="7">
+      <c r="BK15" s="6">
         <v>7.2</v>
       </c>
-      <c r="BL15" s="7">
+      <c r="BL15" s="6">
         <v>25.1</v>
       </c>
-      <c r="BM15" s="7">
+      <c r="BM15" s="6">
         <v>12.6</v>
       </c>
-      <c r="BN15" s="7">
+      <c r="BN15" s="6">
         <v>35.9</v>
       </c>
-      <c r="BO15" s="7">
+      <c r="BO15" s="6">
         <v>12.9</v>
       </c>
-      <c r="BP15" s="7">
+      <c r="BP15" s="6">
         <v>11.8</v>
       </c>
-      <c r="BQ15" s="7">
+      <c r="BQ15" s="6">
         <v>6.4</v>
       </c>
-      <c r="BR15" s="7">
+      <c r="BR15" s="6">
         <v>4.2</v>
       </c>
-      <c r="BS15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BT15" s="7">
+      <c r="BS15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT15" s="6">
         <v>25.1</v>
       </c>
-      <c r="BU15" s="7">
+      <c r="BU15" s="6">
         <v>9.9</v>
       </c>
-      <c r="BV15" s="7">
+      <c r="BV15" s="6">
         <v>21.7</v>
       </c>
-      <c r="BW15" s="7">
+      <c r="BW15" s="6">
         <v>6.9</v>
       </c>
-      <c r="BX15" s="7">
+      <c r="BX15" s="6">
         <v>9.6</v>
       </c>
-      <c r="BY15" s="7">
+      <c r="BY15" s="6">
         <v>6.5</v>
       </c>
-      <c r="BZ15" s="7">
+      <c r="BZ15" s="6">
         <v>8.9</v>
       </c>
-      <c r="CA15" s="7">
+      <c r="CA15" s="6">
         <v>6.0</v>
       </c>
-      <c r="CB15" s="7">
+      <c r="CB15" s="6">
         <v>15.6</v>
       </c>
-      <c r="CC15" s="7">
+      <c r="CC15" s="6">
         <v>5.1</v>
       </c>
-      <c r="CD15" s="7">
+      <c r="CD15" s="6">
         <v>20.9</v>
       </c>
-      <c r="CE15" s="7">
+      <c r="CE15" s="6">
         <v>8.4</v>
       </c>
-      <c r="CF15" s="7">
+      <c r="CF15" s="6">
         <v>18.6</v>
       </c>
-      <c r="CG15" s="7">
+      <c r="CG15" s="6">
         <v>6.0</v>
       </c>
-      <c r="CH15" s="7">
+      <c r="CH15" s="6">
         <v>25.1</v>
       </c>
-      <c r="CI15" s="7">
+      <c r="CI15" s="6">
         <v>7.2</v>
       </c>
-      <c r="CJ15" s="7">
+      <c r="CJ15" s="6">
         <v>8.2</v>
       </c>
-      <c r="CK15" s="7">
+      <c r="CK15" s="6">
         <v>5.6</v>
       </c>
-      <c r="CL15" s="7">
+      <c r="CL15" s="6">
         <v>23.9</v>
       </c>
-      <c r="CM15" s="7">
+      <c r="CM15" s="6">
         <v>9.3</v>
       </c>
-      <c r="CN15" s="7">
+      <c r="CN15" s="6">
         <v>15.9</v>
       </c>
-      <c r="CO15" s="7">
+      <c r="CO15" s="6">
         <v>8.5</v>
       </c>
-      <c r="CP15" s="7">
+      <c r="CP15" s="6">
         <v>17.9</v>
       </c>
-      <c r="CQ15" s="7">
+      <c r="CQ15" s="6">
         <v>8.1</v>
       </c>
-      <c r="CR15" s="7">
+      <c r="CR15" s="6">
         <v>11.7</v>
       </c>
-      <c r="CS15" s="7">
+      <c r="CS15" s="6">
         <v>5.5</v>
       </c>
-      <c r="CT15" s="7">
+      <c r="CT15" s="6">
         <v>27.0</v>
       </c>
-      <c r="CU15" s="7">
+      <c r="CU15" s="6">
         <v>8.7</v>
       </c>
-      <c r="CV15" s="7">
+      <c r="CV15" s="6">
         <v>23.2</v>
       </c>
-      <c r="CW15" s="7">
+      <c r="CW15" s="6">
         <v>9.1</v>
       </c>
-      <c r="CX15" s="7">
+      <c r="CX15" s="6">
         <v>12.9</v>
       </c>
-      <c r="CY15" s="7">
+      <c r="CY15" s="6">
         <v>6.9</v>
       </c>
-      <c r="CZ15" s="7">
+      <c r="CZ15" s="6">
         <v>13.8</v>
       </c>
-      <c r="DA15" s="7">
+      <c r="DA15" s="6">
         <v>7.4</v>
       </c>
-      <c r="DB15" s="7">
+      <c r="DB15" s="6">
         <v>17.5</v>
       </c>
-      <c r="DC15" s="7">
+      <c r="DC15" s="6">
         <v>7.1</v>
       </c>
-      <c r="DD15" s="7">
+      <c r="DD15" s="6">
         <v>8.2</v>
       </c>
-      <c r="DE15" s="7">
+      <c r="DE15" s="6">
         <v>5.6</v>
       </c>
-      <c r="DF15" s="7">
+      <c r="DF15" s="6">
         <v>11.7</v>
       </c>
-      <c r="DG15" s="7">
+      <c r="DG15" s="6">
         <v>5.0</v>
       </c>
-      <c r="DH15" s="7">
+      <c r="DH15" s="6">
         <v>5.8</v>
       </c>
-      <c r="DI15" s="7">
+      <c r="DI15" s="6">
         <v>4.0</v>
       </c>
-      <c r="DJ15" s="7">
+      <c r="DJ15" s="6">
         <v>4.7</v>
       </c>
-      <c r="DK15" s="7">
+      <c r="DK15" s="6">
         <v>3.3</v>
       </c>
-      <c r="DL15" s="7">
+      <c r="DL15" s="6">
         <v>8.8</v>
       </c>
-      <c r="DM15" s="7">
+      <c r="DM15" s="6">
         <v>4.9</v>
       </c>
-      <c r="DN15" s="7">
+      <c r="DN15" s="6">
         <v>10.3</v>
       </c>
-      <c r="DO15" s="7">
+      <c r="DO15" s="6">
         <v>4.9</v>
       </c>
-      <c r="DP15" s="7">
-[...5 lines deleted...]
-      <c r="DR15" s="7">
+      <c r="DP15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DQ15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DR15" s="6">
         <v>2.5</v>
       </c>
-      <c r="DS15" s="7" t="s">
-[...8 lines deleted...]
-      <c r="DV15" s="7">
+      <c r="DS15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DT15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DU15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DV15" s="6">
         <v>32.0</v>
       </c>
-      <c r="DW15" s="7">
+      <c r="DW15" s="6">
         <v>10.8</v>
       </c>
-      <c r="DX15" s="7">
+      <c r="DX15" s="6">
         <v>30.4</v>
       </c>
-      <c r="DY15" s="7">
+      <c r="DY15" s="6">
         <v>12.7</v>
       </c>
-      <c r="DZ15" s="7">
+      <c r="DZ15" s="6">
         <v>15.3</v>
       </c>
-      <c r="EA15" s="7">
+      <c r="EA15" s="6">
         <v>7.0</v>
       </c>
-      <c r="EB15" s="7">
+      <c r="EB15" s="6">
         <v>8.2</v>
       </c>
-      <c r="EC15" s="7">
+      <c r="EC15" s="6">
         <v>5.5</v>
       </c>
-      <c r="ED15" s="7">
+      <c r="ED15" s="6">
         <v>22.6</v>
       </c>
-      <c r="EE15" s="7">
+      <c r="EE15" s="6">
         <v>8.1</v>
       </c>
-      <c r="EF15" s="7">
+      <c r="EF15" s="6">
         <v>17.4</v>
       </c>
-      <c r="EG15" s="7">
+      <c r="EG15" s="6">
         <v>8.0</v>
       </c>
-      <c r="EH15" s="7">
-[...5 lines deleted...]
-      <c r="EJ15" s="7">
+      <c r="EH15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EI15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ15" s="6">
         <v>14.3</v>
       </c>
-      <c r="EK15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EL15" s="7">
+      <c r="EK15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL15" s="6">
         <v>14.0</v>
       </c>
-      <c r="EM15" s="7">
+      <c r="EM15" s="6">
         <v>6.5</v>
       </c>
-      <c r="EN15" s="7">
+      <c r="EN15" s="6">
         <v>11.7</v>
       </c>
-      <c r="EO15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EP15" s="7">
+      <c r="EO15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP15" s="6">
         <v>17.2</v>
       </c>
-      <c r="EQ15" s="7">
+      <c r="EQ15" s="6">
         <v>11.1</v>
       </c>
-      <c r="ER15" s="7">
+      <c r="ER15" s="6">
         <v>17.9</v>
       </c>
-      <c r="ES15" s="7">
+      <c r="ES15" s="6">
         <v>7.2</v>
       </c>
-      <c r="ET15" s="7">
+      <c r="ET15" s="6">
         <v>26.5</v>
       </c>
-      <c r="EU15" s="7">
+      <c r="EU15" s="6">
         <v>10.2</v>
       </c>
-      <c r="EV15" s="7">
+      <c r="EV15" s="6">
         <v>13.2</v>
       </c>
-      <c r="EW15" s="7">
+      <c r="EW15" s="6">
         <v>7.1</v>
       </c>
-      <c r="EX15" s="7">
+      <c r="EX15" s="6">
         <v>11.0</v>
       </c>
-      <c r="EY15" s="7">
+      <c r="EY15" s="6">
         <v>7.4</v>
       </c>
-      <c r="EZ15" s="7">
+      <c r="EZ15" s="6">
         <v>24.5</v>
       </c>
-      <c r="FA15" s="7">
+      <c r="FA15" s="6">
         <v>12.3</v>
       </c>
-      <c r="FB15" s="7">
-[...11 lines deleted...]
-      <c r="FF15" s="7">
+      <c r="FB15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF15" s="6">
         <v>43.3</v>
       </c>
-      <c r="FG15" s="7">
+      <c r="FG15" s="6">
         <v>18.9</v>
       </c>
-      <c r="FH15" s="7">
+      <c r="FH15" s="6">
         <v>19.3</v>
       </c>
-      <c r="FI15" s="7">
+      <c r="FI15" s="6">
         <v>3.3</v>
       </c>
-      <c r="FJ15" s="7">
+      <c r="FJ15" s="6">
         <v>11.7</v>
       </c>
-      <c r="FK15" s="7">
+      <c r="FK15" s="6">
         <v>3.3</v>
       </c>
-      <c r="FL15" s="7">
+      <c r="FL15" s="6">
         <v>9.2</v>
       </c>
-      <c r="FM15" s="7">
+      <c r="FM15" s="6">
         <v>2.8</v>
       </c>
-      <c r="FN15" s="7">
+      <c r="FN15" s="6">
         <v>33.7</v>
       </c>
-      <c r="FO15" s="7">
+      <c r="FO15" s="6">
         <v>12.3</v>
       </c>
-      <c r="FP15" s="7">
+      <c r="FP15" s="6">
         <v>31.3</v>
       </c>
-      <c r="FQ15" s="7">
+      <c r="FQ15" s="6">
         <v>11.6</v>
       </c>
-      <c r="FR15" s="7">
+      <c r="FR15" s="6">
         <v>33.9</v>
       </c>
-      <c r="FS15" s="7">
+      <c r="FS15" s="6">
         <v>11.2</v>
       </c>
-      <c r="FT15" s="7">
+      <c r="FT15" s="6">
         <v>23.9</v>
       </c>
-      <c r="FU15" s="7">
+      <c r="FU15" s="6">
         <v>7.9</v>
       </c>
-      <c r="FV15" s="7">
+      <c r="FV15" s="6">
         <v>28.8</v>
       </c>
-      <c r="FW15" s="7">
+      <c r="FW15" s="6">
         <v>8.1</v>
       </c>
-      <c r="FX15" s="7">
+      <c r="FX15" s="6">
         <v>11.0</v>
       </c>
-      <c r="FY15" s="7">
+      <c r="FY15" s="6">
         <v>7.3</v>
       </c>
-      <c r="FZ15" s="7">
+      <c r="FZ15" s="6">
         <v>13.7</v>
       </c>
-      <c r="GA15" s="7">
+      <c r="GA15" s="6">
         <v>9.0</v>
       </c>
-      <c r="GB15" s="7">
-[...11 lines deleted...]
-      <c r="GF15" s="7">
+      <c r="GB15" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GC15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE15" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF15" s="6">
         <v>16.0</v>
       </c>
-      <c r="GG15" s="7">
+      <c r="GG15" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="16" spans="1:189">
       <c r="A16" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="B16" s="7">
+      <c r="B16" s="6">
         <v>10.9</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C16" s="6">
         <v>5.1</v>
       </c>
-      <c r="D16" s="7">
-[...11 lines deleted...]
-      <c r="H16" s="7">
+      <c r="D16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" s="6">
         <v>5.3</v>
       </c>
-      <c r="I16" s="7">
+      <c r="I16" s="6">
         <v>3.6</v>
       </c>
-      <c r="J16" s="7">
+      <c r="J16" s="6">
         <v>17.8</v>
       </c>
-      <c r="K16" s="7">
+      <c r="K16" s="6">
         <v>9.4</v>
       </c>
-      <c r="L16" s="7">
+      <c r="L16" s="6">
         <v>15.6</v>
       </c>
-      <c r="M16" s="7">
+      <c r="M16" s="6">
         <v>7.2</v>
       </c>
-      <c r="N16" s="7">
+      <c r="N16" s="6">
         <v>11.5</v>
       </c>
-      <c r="O16" s="7">
+      <c r="O16" s="6">
         <v>2.3</v>
       </c>
-      <c r="P16" s="7">
+      <c r="P16" s="6">
         <v>8.4</v>
       </c>
-      <c r="Q16" s="7">
+      <c r="Q16" s="6">
         <v>2.6</v>
       </c>
-      <c r="R16" s="7">
+      <c r="R16" s="6">
         <v>3.8</v>
       </c>
-      <c r="S16" s="7">
+      <c r="S16" s="6">
         <v>1.7</v>
       </c>
-      <c r="T16" s="7">
+      <c r="T16" s="6">
         <v>9.3</v>
       </c>
-      <c r="U16" s="7">
+      <c r="U16" s="6">
         <v>3.4</v>
       </c>
-      <c r="V16" s="7">
+      <c r="V16" s="6">
         <v>8.9</v>
       </c>
-      <c r="W16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="X16" s="7">
+      <c r="W16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X16" s="6">
         <v>13.4</v>
       </c>
-      <c r="Y16" s="7">
+      <c r="Y16" s="6">
         <v>8.8</v>
       </c>
-      <c r="Z16" s="7">
+      <c r="Z16" s="6">
         <v>16.4</v>
       </c>
-      <c r="AA16" s="7">
+      <c r="AA16" s="6">
         <v>7.5</v>
       </c>
-      <c r="AB16" s="7">
-[...5 lines deleted...]
-      <c r="AD16" s="7">
+      <c r="AB16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD16" s="6">
         <v>9.0</v>
       </c>
-      <c r="AE16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AF16" s="7">
+      <c r="AE16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF16" s="6">
         <v>2.8</v>
       </c>
-      <c r="AG16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AH16" s="7">
+      <c r="AG16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH16" s="6">
         <v>12.5</v>
       </c>
-      <c r="AI16" s="7">
+      <c r="AI16" s="6">
         <v>4.8</v>
       </c>
-      <c r="AJ16" s="7">
-[...11 lines deleted...]
-      <c r="AN16" s="7">
+      <c r="AJ16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AK16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AM16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN16" s="6">
         <v>4.0</v>
       </c>
-      <c r="AO16" s="7">
+      <c r="AO16" s="6">
         <v>2.8</v>
       </c>
-      <c r="AP16" s="7">
+      <c r="AP16" s="6">
         <v>14.9</v>
       </c>
-      <c r="AQ16" s="7">
+      <c r="AQ16" s="6">
         <v>4.0</v>
       </c>
-      <c r="AR16" s="7">
+      <c r="AR16" s="6">
         <v>12.4</v>
       </c>
-      <c r="AS16" s="7">
+      <c r="AS16" s="6">
         <v>4.4</v>
       </c>
-      <c r="AT16" s="7">
+      <c r="AT16" s="6">
         <v>11.2</v>
       </c>
-      <c r="AU16" s="7">
+      <c r="AU16" s="6">
         <v>3.5</v>
       </c>
-      <c r="AV16" s="7">
+      <c r="AV16" s="6">
         <v>9.2</v>
       </c>
-      <c r="AW16" s="7">
+      <c r="AW16" s="6">
         <v>2.3</v>
       </c>
-      <c r="AX16" s="7">
+      <c r="AX16" s="6">
         <v>14.7</v>
       </c>
-      <c r="AY16" s="7">
+      <c r="AY16" s="6">
         <v>2.9</v>
       </c>
-      <c r="AZ16" s="7">
+      <c r="AZ16" s="6">
         <v>12.5</v>
       </c>
-      <c r="BA16" s="7">
+      <c r="BA16" s="6">
         <v>3.5</v>
       </c>
-      <c r="BB16" s="7">
+      <c r="BB16" s="6">
         <v>18.3</v>
       </c>
-      <c r="BC16" s="7">
+      <c r="BC16" s="6">
         <v>6.3</v>
       </c>
-      <c r="BD16" s="7">
-[...5 lines deleted...]
-      <c r="BF16" s="7">
+      <c r="BD16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BE16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF16" s="6">
         <v>10.6</v>
       </c>
-      <c r="BG16" s="7">
+      <c r="BG16" s="6">
         <v>4.5</v>
       </c>
-      <c r="BH16" s="7">
-[...23 lines deleted...]
-      <c r="BP16" s="7">
+      <c r="BH16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BI16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BK16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BM16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BO16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP16" s="6">
         <v>7.9</v>
       </c>
-      <c r="BQ16" s="7">
+      <c r="BQ16" s="6">
         <v>5.4</v>
       </c>
-      <c r="BR16" s="7">
+      <c r="BR16" s="6">
         <v>39.3</v>
       </c>
-      <c r="BS16" s="7">
+      <c r="BS16" s="6">
         <v>11.0</v>
       </c>
-      <c r="BT16" s="7">
+      <c r="BT16" s="6">
         <v>8.9</v>
       </c>
-      <c r="BU16" s="7">
+      <c r="BU16" s="6">
         <v>6.1</v>
       </c>
-      <c r="BV16" s="7">
+      <c r="BV16" s="6">
         <v>5.7</v>
       </c>
-      <c r="BW16" s="7">
+      <c r="BW16" s="6">
         <v>3.9</v>
       </c>
-      <c r="BX16" s="7">
+      <c r="BX16" s="6">
         <v>9.7</v>
       </c>
-      <c r="BY16" s="7">
+      <c r="BY16" s="6">
         <v>6.5</v>
       </c>
-      <c r="BZ16" s="7">
+      <c r="BZ16" s="6">
         <v>29.8</v>
       </c>
-      <c r="CA16" s="7">
+      <c r="CA16" s="6">
         <v>10.0</v>
       </c>
-      <c r="CB16" s="7">
+      <c r="CB16" s="6">
         <v>17.7</v>
       </c>
-      <c r="CC16" s="7">
+      <c r="CC16" s="6">
         <v>5.4</v>
       </c>
-      <c r="CD16" s="7">
+      <c r="CD16" s="6">
         <v>4.0</v>
       </c>
-      <c r="CE16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CF16" s="7">
+      <c r="CE16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF16" s="6">
         <v>16.1</v>
       </c>
-      <c r="CG16" s="7">
+      <c r="CG16" s="6">
         <v>5.6</v>
       </c>
-      <c r="CH16" s="7">
+      <c r="CH16" s="6">
         <v>11.1</v>
       </c>
-      <c r="CI16" s="7">
+      <c r="CI16" s="6">
         <v>5.2</v>
       </c>
-      <c r="CJ16" s="7">
+      <c r="CJ16" s="6">
         <v>12.4</v>
       </c>
-      <c r="CK16" s="7">
+      <c r="CK16" s="6">
         <v>6.7</v>
       </c>
-      <c r="CL16" s="7">
+      <c r="CL16" s="6">
         <v>18.9</v>
       </c>
-      <c r="CM16" s="7">
+      <c r="CM16" s="6">
         <v>8.5</v>
       </c>
-      <c r="CN16" s="7">
+      <c r="CN16" s="6">
         <v>15.6</v>
       </c>
-      <c r="CO16" s="7">
+      <c r="CO16" s="6">
         <v>8.3</v>
       </c>
-      <c r="CP16" s="7">
+      <c r="CP16" s="6">
         <v>12.9</v>
       </c>
-      <c r="CQ16" s="7">
+      <c r="CQ16" s="6">
         <v>7.0</v>
       </c>
-      <c r="CR16" s="7">
+      <c r="CR16" s="6">
         <v>12.2</v>
       </c>
-      <c r="CS16" s="7">
+      <c r="CS16" s="6">
         <v>5.7</v>
       </c>
-      <c r="CT16" s="7">
+      <c r="CT16" s="6">
         <v>13.2</v>
       </c>
-      <c r="CU16" s="7">
+      <c r="CU16" s="6">
         <v>6.2</v>
       </c>
-      <c r="CV16" s="7">
+      <c r="CV16" s="6">
         <v>17.6</v>
       </c>
-      <c r="CW16" s="7">
+      <c r="CW16" s="6">
         <v>8.0</v>
       </c>
-      <c r="CX16" s="7">
+      <c r="CX16" s="6">
         <v>5.0</v>
       </c>
-      <c r="CY16" s="7" t="s">
-[...8 lines deleted...]
-      <c r="DB16" s="7">
+      <c r="CY16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CZ16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DA16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB16" s="6">
         <v>3.3</v>
       </c>
-      <c r="DC16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DD16" s="7">
+      <c r="DC16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD16" s="6">
         <v>8.7</v>
       </c>
-      <c r="DE16" s="7">
+      <c r="DE16" s="6">
         <v>5.9</v>
       </c>
-      <c r="DF16" s="7">
+      <c r="DF16" s="6">
         <v>2.3</v>
       </c>
-      <c r="DG16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DH16" s="7">
+      <c r="DG16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DH16" s="6">
         <v>6.7</v>
       </c>
-      <c r="DI16" s="7">
+      <c r="DI16" s="6">
         <v>4.5</v>
       </c>
-      <c r="DJ16" s="7">
+      <c r="DJ16" s="6">
         <v>7.4</v>
       </c>
-      <c r="DK16" s="7">
+      <c r="DK16" s="6">
         <v>4.1</v>
       </c>
-      <c r="DL16" s="7">
+      <c r="DL16" s="6">
         <v>8.8</v>
       </c>
-      <c r="DM16" s="7">
+      <c r="DM16" s="6">
         <v>4.9</v>
       </c>
-      <c r="DN16" s="7">
+      <c r="DN16" s="6">
         <v>7.6</v>
       </c>
-      <c r="DO16" s="7">
+      <c r="DO16" s="6">
         <v>4.2</v>
       </c>
-      <c r="DP16" s="7">
+      <c r="DP16" s="6">
         <v>4.9</v>
       </c>
-      <c r="DQ16" s="7">
+      <c r="DQ16" s="6">
         <v>2.8</v>
       </c>
-      <c r="DR16" s="7">
+      <c r="DR16" s="6">
         <v>2.8</v>
       </c>
-      <c r="DS16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DT16" s="7">
+      <c r="DS16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DT16" s="6">
         <v>12.3</v>
       </c>
-      <c r="DU16" s="7">
+      <c r="DU16" s="6">
         <v>5.2</v>
       </c>
-      <c r="DV16" s="7">
+      <c r="DV16" s="6">
         <v>22.0</v>
       </c>
-      <c r="DW16" s="7">
+      <c r="DW16" s="6">
         <v>9.7</v>
       </c>
-      <c r="DX16" s="7">
+      <c r="DX16" s="6">
         <v>15.4</v>
       </c>
-      <c r="DY16" s="7">
+      <c r="DY16" s="6">
         <v>10.0</v>
       </c>
-      <c r="DZ16" s="7">
+      <c r="DZ16" s="6">
         <v>3.7</v>
       </c>
-      <c r="EA16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EB16" s="7">
+      <c r="EA16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EB16" s="6">
         <v>11.7</v>
       </c>
-      <c r="EC16" s="7">
+      <c r="EC16" s="6">
         <v>6.4</v>
       </c>
-      <c r="ED16" s="7">
+      <c r="ED16" s="6">
         <v>18.3</v>
       </c>
-      <c r="EE16" s="7">
+      <c r="EE16" s="6">
         <v>7.4</v>
       </c>
-      <c r="EF16" s="7">
+      <c r="EF16" s="6">
         <v>5.4</v>
       </c>
-      <c r="EG16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EH16" s="7">
+      <c r="EG16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EH16" s="6">
         <v>20.7</v>
       </c>
-      <c r="EI16" s="7">
+      <c r="EI16" s="6">
         <v>10.8</v>
       </c>
-      <c r="EJ16" s="7">
-[...5 lines deleted...]
-      <c r="EL16" s="7">
+      <c r="EJ16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EK16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL16" s="6">
         <v>18.0</v>
       </c>
-      <c r="EM16" s="7">
+      <c r="EM16" s="6">
         <v>7.3</v>
       </c>
-      <c r="EN16" s="7">
-[...11 lines deleted...]
-      <c r="ER16" s="7">
+      <c r="EN16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EO16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EQ16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ER16" s="6">
         <v>20.9</v>
       </c>
-      <c r="ES16" s="7">
+      <c r="ES16" s="6">
         <v>7.6</v>
       </c>
-      <c r="ET16" s="7">
+      <c r="ET16" s="6">
         <v>5.4</v>
       </c>
-      <c r="EU16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EV16" s="7">
+      <c r="EU16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EV16" s="6">
         <v>13.6</v>
       </c>
-      <c r="EW16" s="7">
+      <c r="EW16" s="6">
         <v>7.3</v>
       </c>
-      <c r="EX16" s="7">
+      <c r="EX16" s="6">
         <v>5.5</v>
       </c>
-      <c r="EY16" s="7" t="s">
-[...20 lines deleted...]
-      <c r="FF16" s="7">
+      <c r="EY16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EZ16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FA16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FB16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF16" s="6">
         <v>14.0</v>
       </c>
-      <c r="FG16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="FH16" s="7">
+      <c r="FG16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH16" s="6">
         <v>11.8</v>
       </c>
-      <c r="FI16" s="7">
+      <c r="FI16" s="6">
         <v>2.7</v>
       </c>
-      <c r="FJ16" s="7">
+      <c r="FJ16" s="6">
         <v>8.5</v>
       </c>
-      <c r="FK16" s="7">
+      <c r="FK16" s="6">
         <v>2.9</v>
       </c>
-      <c r="FL16" s="7">
+      <c r="FL16" s="6">
         <v>8.9</v>
       </c>
-      <c r="FM16" s="7">
+      <c r="FM16" s="6">
         <v>2.7</v>
       </c>
-      <c r="FN16" s="7">
-[...5 lines deleted...]
-      <c r="FP16" s="7">
+      <c r="FN16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FO16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP16" s="6">
         <v>6.3</v>
       </c>
-      <c r="FQ16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="FR16" s="7">
+      <c r="FQ16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FR16" s="6">
         <v>5.6</v>
       </c>
-      <c r="FS16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="FT16" s="7">
+      <c r="FS16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT16" s="6">
         <v>6.3</v>
       </c>
-      <c r="FU16" s="7">
+      <c r="FU16" s="6">
         <v>4.4</v>
       </c>
-      <c r="FV16" s="7">
+      <c r="FV16" s="6">
         <v>3.3</v>
       </c>
-      <c r="FW16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="FX16" s="7">
+      <c r="FW16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX16" s="6">
         <v>5.3</v>
       </c>
-      <c r="FY16" s="7" t="s">
-[...8 lines deleted...]
-      <c r="GB16" s="7">
+      <c r="FY16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ16" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GA16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB16" s="6">
         <v>5.4</v>
       </c>
-      <c r="GC16" s="7" t="s">
-[...8 lines deleted...]
-      <c r="GF16" s="7">
+      <c r="GC16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE16" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF16" s="6">
         <v>9.7</v>
       </c>
-      <c r="GG16" s="7">
+      <c r="GG16" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="17" spans="1:189">
       <c r="A17" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="B17" s="7">
-[...29 lines deleted...]
-      <c r="L17" s="7">
+      <c r="B17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L17" s="6">
         <v>3.9</v>
       </c>
-      <c r="M17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="N17" s="7">
+      <c r="M17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="N17" s="6">
         <v>12.2</v>
       </c>
-      <c r="O17" s="7">
+      <c r="O17" s="6">
         <v>2.4</v>
       </c>
-      <c r="P17" s="7">
+      <c r="P17" s="6">
         <v>1.6</v>
       </c>
-      <c r="Q17" s="7">
+      <c r="Q17" s="6">
         <v>1.1</v>
       </c>
-      <c r="R17" s="7">
+      <c r="R17" s="6">
         <v>0.7</v>
       </c>
-      <c r="S17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="T17" s="7">
+      <c r="S17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T17" s="6">
         <v>8.9</v>
       </c>
-      <c r="U17" s="7">
+      <c r="U17" s="6">
         <v>3.2</v>
       </c>
-      <c r="V17" s="7">
-[...5 lines deleted...]
-      <c r="X17" s="7">
+      <c r="V17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="W17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X17" s="6">
         <v>6.7</v>
       </c>
-      <c r="Y17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="Z17" s="7">
+      <c r="Y17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z17" s="6">
         <v>4.1</v>
       </c>
-      <c r="AA17" s="7" t="s">
-[...20 lines deleted...]
-      <c r="AH17" s="7">
+      <c r="AA17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AE17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AG17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH17" s="6">
         <v>4.5</v>
       </c>
-      <c r="AI17" s="7">
+      <c r="AI17" s="6">
         <v>3.1</v>
       </c>
-      <c r="AJ17" s="7">
+      <c r="AJ17" s="6">
         <v>6.0</v>
       </c>
-      <c r="AK17" s="7">
+      <c r="AK17" s="6">
         <v>4.1</v>
       </c>
-      <c r="AL17" s="7">
+      <c r="AL17" s="6">
         <v>13.6</v>
       </c>
-      <c r="AM17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AN17" s="7">
+      <c r="AM17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN17" s="6">
         <v>6.2</v>
       </c>
-      <c r="AO17" s="7">
+      <c r="AO17" s="6">
         <v>3.5</v>
       </c>
-      <c r="AP17" s="7">
+      <c r="AP17" s="6">
         <v>17.2</v>
       </c>
-      <c r="AQ17" s="7">
+      <c r="AQ17" s="6">
         <v>4.2</v>
       </c>
-      <c r="AR17" s="7">
+      <c r="AR17" s="6">
         <v>16.0</v>
       </c>
-      <c r="AS17" s="7">
+      <c r="AS17" s="6">
         <v>4.9</v>
       </c>
-      <c r="AT17" s="7">
+      <c r="AT17" s="6">
         <v>5.0</v>
       </c>
-      <c r="AU17" s="7">
+      <c r="AU17" s="6">
         <v>2.4</v>
       </c>
-      <c r="AV17" s="7">
+      <c r="AV17" s="6">
         <v>11.2</v>
       </c>
-      <c r="AW17" s="7">
+      <c r="AW17" s="6">
         <v>2.5</v>
       </c>
-      <c r="AX17" s="7">
+      <c r="AX17" s="6">
         <v>12.4</v>
       </c>
-      <c r="AY17" s="7">
+      <c r="AY17" s="6">
         <v>2.7</v>
       </c>
-      <c r="AZ17" s="7">
+      <c r="AZ17" s="6">
         <v>4.6</v>
       </c>
-      <c r="BA17" s="7">
+      <c r="BA17" s="6">
         <v>2.3</v>
       </c>
-      <c r="BB17" s="7">
+      <c r="BB17" s="6">
         <v>5.3</v>
       </c>
-      <c r="BC17" s="7">
+      <c r="BC17" s="6">
         <v>3.6</v>
       </c>
-      <c r="BD17" s="7">
+      <c r="BD17" s="6">
         <v>2.3</v>
       </c>
-      <c r="BE17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BF17" s="7">
+      <c r="BE17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF17" s="6">
         <v>9.5</v>
       </c>
-      <c r="BG17" s="7">
+      <c r="BG17" s="6">
         <v>4.0</v>
       </c>
-      <c r="BH17" s="7">
-[...5 lines deleted...]
-      <c r="BJ17" s="7">
+      <c r="BH17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BI17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ17" s="6">
         <v>4.5</v>
       </c>
-      <c r="BK17" s="7" t="s">
-[...20 lines deleted...]
-      <c r="BR17" s="7">
+      <c r="BK17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BM17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BO17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BQ17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR17" s="6">
         <v>5.0</v>
       </c>
-      <c r="BS17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BT17" s="7">
+      <c r="BS17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT17" s="6">
         <v>6.0</v>
       </c>
-      <c r="BU17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BV17" s="7">
+      <c r="BU17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BV17" s="6">
         <v>5.9</v>
       </c>
-      <c r="BW17" s="7">
+      <c r="BW17" s="6">
         <v>4.0</v>
       </c>
-      <c r="BX17" s="7">
+      <c r="BX17" s="6">
         <v>8.5</v>
       </c>
-      <c r="BY17" s="7">
+      <c r="BY17" s="6">
         <v>5.8</v>
       </c>
-      <c r="BZ17" s="7">
+      <c r="BZ17" s="6">
         <v>4.4</v>
       </c>
-      <c r="CA17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CB17" s="7">
+      <c r="CA17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB17" s="6">
         <v>9.9</v>
       </c>
-      <c r="CC17" s="7">
+      <c r="CC17" s="6">
         <v>4.2</v>
       </c>
-      <c r="CD17" s="7">
-[...5 lines deleted...]
-      <c r="CF17" s="7">
+      <c r="CD17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CE17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF17" s="6">
         <v>8.8</v>
       </c>
-      <c r="CG17" s="7">
+      <c r="CG17" s="6">
         <v>4.3</v>
       </c>
-      <c r="CH17" s="7">
+      <c r="CH17" s="6">
         <v>5.6</v>
       </c>
-      <c r="CI17" s="7">
+      <c r="CI17" s="6">
         <v>3.8</v>
       </c>
-      <c r="CJ17" s="7">
+      <c r="CJ17" s="6">
         <v>4.1</v>
       </c>
-      <c r="CK17" s="7" t="s">
-[...8 lines deleted...]
-      <c r="CN17" s="7">
+      <c r="CK17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CM17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN17" s="6">
         <v>5.2</v>
       </c>
-      <c r="CO17" s="7" t="s">
-[...8 lines deleted...]
-      <c r="CR17" s="7">
+      <c r="CO17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CP17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CQ17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CR17" s="6">
         <v>9.7</v>
       </c>
-      <c r="CS17" s="7">
+      <c r="CS17" s="6">
         <v>5.3</v>
       </c>
-      <c r="CT17" s="7">
-[...5 lines deleted...]
-      <c r="CV17" s="7">
+      <c r="CT17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CU17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CV17" s="6">
         <v>9.2</v>
       </c>
-      <c r="CW17" s="7">
+      <c r="CW17" s="6">
         <v>6.3</v>
       </c>
-      <c r="CX17" s="7">
+      <c r="CX17" s="6">
         <v>12.6</v>
       </c>
-      <c r="CY17" s="7">
+      <c r="CY17" s="6">
         <v>6.8</v>
       </c>
-      <c r="CZ17" s="7">
-[...5 lines deleted...]
-      <c r="DB17" s="7">
+      <c r="CZ17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DA17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB17" s="6">
         <v>3.5</v>
       </c>
-      <c r="DC17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DD17" s="7">
+      <c r="DC17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD17" s="6">
         <v>18.0</v>
       </c>
-      <c r="DE17" s="7">
+      <c r="DE17" s="6">
         <v>8.1</v>
       </c>
-      <c r="DF17" s="7">
+      <c r="DF17" s="6">
         <v>4.3</v>
       </c>
-      <c r="DG17" s="7">
+      <c r="DG17" s="6">
         <v>2.9</v>
       </c>
-      <c r="DH17" s="7">
+      <c r="DH17" s="6">
         <v>8.9</v>
       </c>
-      <c r="DI17" s="7">
+      <c r="DI17" s="6">
         <v>4.9</v>
       </c>
-      <c r="DJ17" s="7">
+      <c r="DJ17" s="6">
         <v>9.3</v>
       </c>
-      <c r="DK17" s="7">
+      <c r="DK17" s="6">
         <v>4.4</v>
       </c>
-      <c r="DL17" s="7">
+      <c r="DL17" s="6">
         <v>5.4</v>
       </c>
-      <c r="DM17" s="7">
+      <c r="DM17" s="6">
         <v>3.7</v>
       </c>
-      <c r="DN17" s="7">
+      <c r="DN17" s="6">
         <v>9.9</v>
       </c>
-      <c r="DO17" s="7">
+      <c r="DO17" s="6">
         <v>4.7</v>
       </c>
-      <c r="DP17" s="7">
+      <c r="DP17" s="6">
         <v>7.7</v>
       </c>
-      <c r="DQ17" s="7">
+      <c r="DQ17" s="6">
         <v>3.3</v>
       </c>
-      <c r="DR17" s="7">
+      <c r="DR17" s="6">
         <v>12.4</v>
       </c>
-      <c r="DS17" s="7">
+      <c r="DS17" s="6">
         <v>5.2</v>
       </c>
-      <c r="DT17" s="7">
+      <c r="DT17" s="6">
         <v>4.4</v>
       </c>
-      <c r="DU17" s="7">
+      <c r="DU17" s="6">
         <v>3.0</v>
       </c>
-      <c r="DV17" s="7">
+      <c r="DV17" s="6">
         <v>5.4</v>
       </c>
-      <c r="DW17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DX17" s="7">
+      <c r="DW17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DX17" s="6">
         <v>7.5</v>
       </c>
-      <c r="DY17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DZ17" s="7">
+      <c r="DY17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DZ17" s="6">
         <v>7.9</v>
       </c>
-      <c r="EA17" s="7">
+      <c r="EA17" s="6">
         <v>5.3</v>
       </c>
-      <c r="EB17" s="7">
+      <c r="EB17" s="6">
         <v>8.3</v>
       </c>
-      <c r="EC17" s="7">
+      <c r="EC17" s="6">
         <v>5.6</v>
       </c>
-      <c r="ED17" s="7">
+      <c r="ED17" s="6">
         <v>7.6</v>
       </c>
-      <c r="EE17" s="7">
+      <c r="EE17" s="6">
         <v>5.2</v>
       </c>
-      <c r="EF17" s="7">
+      <c r="EF17" s="6">
         <v>23.0</v>
       </c>
-      <c r="EG17" s="7">
+      <c r="EG17" s="6">
         <v>9.0</v>
       </c>
-      <c r="EH17" s="7">
+      <c r="EH17" s="6">
         <v>7.6</v>
       </c>
-      <c r="EI17" s="7" t="s">
-[...8 lines deleted...]
-      <c r="EL17" s="7">
+      <c r="EI17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EK17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL17" s="6">
         <v>3.6</v>
       </c>
-      <c r="EM17" s="7" t="s">
-[...14 lines deleted...]
-      <c r="ER17" s="7">
+      <c r="EM17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EN17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EO17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EQ17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ER17" s="6">
         <v>7.1</v>
       </c>
-      <c r="ES17" s="7">
+      <c r="ES17" s="6">
         <v>4.8</v>
       </c>
-      <c r="ET17" s="7">
+      <c r="ET17" s="6">
         <v>10.8</v>
       </c>
-      <c r="EU17" s="7">
+      <c r="EU17" s="6">
         <v>7.2</v>
       </c>
-      <c r="EV17" s="7">
+      <c r="EV17" s="6">
         <v>4.4</v>
       </c>
-      <c r="EW17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EX17" s="7">
+      <c r="EW17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EX17" s="6">
         <v>10.1</v>
       </c>
-      <c r="EY17" s="7">
+      <c r="EY17" s="6">
         <v>6.8</v>
       </c>
-      <c r="EZ17" s="7">
+      <c r="EZ17" s="6">
         <v>16.3</v>
       </c>
-      <c r="FA17" s="7">
+      <c r="FA17" s="6">
         <v>10.6</v>
       </c>
-      <c r="FB17" s="7">
-[...17 lines deleted...]
-      <c r="FH17" s="7">
+      <c r="FB17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FG17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH17" s="6">
         <v>7.6</v>
       </c>
-      <c r="FI17" s="7">
+      <c r="FI17" s="6">
         <v>2.2</v>
       </c>
-      <c r="FJ17" s="7">
+      <c r="FJ17" s="6">
         <v>8.0</v>
       </c>
-      <c r="FK17" s="7">
+      <c r="FK17" s="6">
         <v>2.7</v>
       </c>
-      <c r="FL17" s="7">
+      <c r="FL17" s="6">
         <v>8.1</v>
       </c>
-      <c r="FM17" s="7">
+      <c r="FM17" s="6">
         <v>2.6</v>
       </c>
-      <c r="FN17" s="7">
-[...5 lines deleted...]
-      <c r="FP17" s="7">
+      <c r="FN17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FO17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP17" s="6">
         <v>25.0</v>
       </c>
-      <c r="FQ17" s="7">
+      <c r="FQ17" s="6">
         <v>10.9</v>
       </c>
-      <c r="FR17" s="7">
+      <c r="FR17" s="6">
         <v>5.4</v>
       </c>
-      <c r="FS17" s="7" t="s">
-[...14 lines deleted...]
-      <c r="FX17" s="7">
+      <c r="FS17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FU17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FV17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FW17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX17" s="6">
         <v>5.6</v>
       </c>
-      <c r="FY17" s="7" t="s">
-[...20 lines deleted...]
-      <c r="GF17" s="7">
+      <c r="FY17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GA17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB17" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GC17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE17" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF17" s="6">
         <v>6.9</v>
       </c>
-      <c r="GG17" s="7">
+      <c r="GG17" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="18" spans="1:189">
       <c r="A18" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="B18" s="7">
-[...29 lines deleted...]
-      <c r="L18" s="7">
+      <c r="B18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L18" s="6">
         <v>8.1</v>
       </c>
-      <c r="M18" s="7">
+      <c r="M18" s="6">
         <v>5.5</v>
       </c>
-      <c r="N18" s="7">
+      <c r="N18" s="6">
         <v>7.6</v>
       </c>
-      <c r="O18" s="7">
+      <c r="O18" s="6">
         <v>2.0</v>
       </c>
-      <c r="P18" s="7">
+      <c r="P18" s="6">
         <v>0.9</v>
       </c>
-      <c r="Q18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R18" s="7">
+      <c r="Q18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="R18" s="6">
         <v>1.5</v>
       </c>
-      <c r="S18" s="7">
+      <c r="S18" s="6">
         <v>1.0</v>
       </c>
-      <c r="T18" s="7">
+      <c r="T18" s="6">
         <v>1.4</v>
       </c>
-      <c r="U18" s="7" t="s">
-[...8 lines deleted...]
-      <c r="X18" s="7">
+      <c r="U18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="V18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="W18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X18" s="6">
         <v>13.4</v>
       </c>
-      <c r="Y18" s="7">
+      <c r="Y18" s="6">
         <v>8.8</v>
       </c>
-      <c r="Z18" s="7">
-[...17 lines deleted...]
-      <c r="AF18" s="7">
+      <c r="Z18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AA18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF18" s="6">
         <v>9.2</v>
       </c>
-      <c r="AG18" s="7">
+      <c r="AG18" s="6">
         <v>5.1</v>
       </c>
-      <c r="AH18" s="7">
+      <c r="AH18" s="6">
         <v>8.0</v>
       </c>
-      <c r="AI18" s="7">
+      <c r="AI18" s="6">
         <v>3.9</v>
       </c>
-      <c r="AJ18" s="7">
-[...11 lines deleted...]
-      <c r="AN18" s="7">
+      <c r="AJ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AK18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AM18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN18" s="6">
         <v>3.8</v>
       </c>
-      <c r="AO18" s="7">
+      <c r="AO18" s="6">
         <v>2.6</v>
       </c>
-      <c r="AP18" s="7">
+      <c r="AP18" s="6">
         <v>11.2</v>
       </c>
-      <c r="AQ18" s="7">
+      <c r="AQ18" s="6">
         <v>3.5</v>
       </c>
-      <c r="AR18" s="7">
+      <c r="AR18" s="6">
         <v>5.1</v>
       </c>
-      <c r="AS18" s="7">
+      <c r="AS18" s="6">
         <v>2.9</v>
       </c>
-      <c r="AT18" s="7">
+      <c r="AT18" s="6">
         <v>5.1</v>
       </c>
-      <c r="AU18" s="7">
+      <c r="AU18" s="6">
         <v>2.5</v>
       </c>
-      <c r="AV18" s="7">
+      <c r="AV18" s="6">
         <v>7.2</v>
       </c>
-      <c r="AW18" s="7">
+      <c r="AW18" s="6">
         <v>2.1</v>
       </c>
-      <c r="AX18" s="7">
+      <c r="AX18" s="6">
         <v>9.3</v>
       </c>
-      <c r="AY18" s="7">
+      <c r="AY18" s="6">
         <v>2.4</v>
       </c>
-      <c r="AZ18" s="7">
+      <c r="AZ18" s="6">
         <v>4.6</v>
       </c>
-      <c r="BA18" s="7">
+      <c r="BA18" s="6">
         <v>2.3</v>
       </c>
-      <c r="BB18" s="7">
+      <c r="BB18" s="6">
         <v>2.6</v>
       </c>
-      <c r="BC18" s="7" t="s">
-[...8 lines deleted...]
-      <c r="BF18" s="7">
+      <c r="BC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BD18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF18" s="6">
         <v>4.3</v>
       </c>
-      <c r="BG18" s="7">
+      <c r="BG18" s="6">
         <v>3.0</v>
       </c>
-      <c r="BH18" s="7">
+      <c r="BH18" s="6">
         <v>7.7</v>
       </c>
-      <c r="BI18" s="7" t="s">
-[...14 lines deleted...]
-      <c r="BN18" s="7">
+      <c r="BI18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BK18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BM18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN18" s="6">
         <v>7.6</v>
       </c>
-      <c r="BO18" s="7" t="s">
-[...14 lines deleted...]
-      <c r="BT18" s="7">
+      <c r="BO18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BQ18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BS18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT18" s="6">
         <v>4.8</v>
       </c>
-      <c r="BU18" s="7" t="s">
-[...8 lines deleted...]
-      <c r="BX18" s="7">
+      <c r="BU18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BV18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BW18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BX18" s="6">
         <v>4.6</v>
       </c>
-      <c r="BY18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BZ18" s="7">
+      <c r="BY18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BZ18" s="6">
         <v>3.8</v>
       </c>
-      <c r="CA18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CB18" s="7">
+      <c r="CA18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB18" s="6">
         <v>2.1</v>
       </c>
-      <c r="CC18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CD18" s="7">
+      <c r="CC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CD18" s="6">
         <v>4.8</v>
       </c>
-      <c r="CE18" s="7" t="s">
-[...26 lines deleted...]
-      <c r="CN18" s="7">
+      <c r="CE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CG18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CH18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CI18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CJ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CK18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CM18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN18" s="6">
         <v>5.3</v>
       </c>
-      <c r="CO18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CP18" s="7">
+      <c r="CO18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CP18" s="6">
         <v>4.3</v>
       </c>
-      <c r="CQ18" s="7" t="s">
-[...14 lines deleted...]
-      <c r="CV18" s="7">
+      <c r="CQ18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CR18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CS18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CT18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CU18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CV18" s="6">
         <v>8.3</v>
       </c>
-      <c r="CW18" s="7">
+      <c r="CW18" s="6">
         <v>5.7</v>
       </c>
-      <c r="CX18" s="7">
-[...17 lines deleted...]
-      <c r="DD18" s="7">
+      <c r="CX18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CY18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CZ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DA18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD18" s="6">
         <v>4.6</v>
       </c>
-      <c r="DE18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DF18" s="7">
+      <c r="DE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DF18" s="6">
         <v>6.9</v>
       </c>
-      <c r="DG18" s="7">
+      <c r="DG18" s="6">
         <v>3.8</v>
       </c>
-      <c r="DH18" s="7">
+      <c r="DH18" s="6">
         <v>18.3</v>
       </c>
-      <c r="DI18" s="7">
+      <c r="DI18" s="6">
         <v>6.8</v>
       </c>
-      <c r="DJ18" s="7">
-[...5 lines deleted...]
-      <c r="DL18" s="7">
+      <c r="DJ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DK18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DL18" s="6">
         <v>12.0</v>
       </c>
-      <c r="DM18" s="7">
+      <c r="DM18" s="6">
         <v>5.7</v>
       </c>
-      <c r="DN18" s="7">
+      <c r="DN18" s="6">
         <v>2.2</v>
       </c>
-      <c r="DO18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DP18" s="7">
+      <c r="DO18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DP18" s="6">
         <v>14.5</v>
       </c>
-      <c r="DQ18" s="7">
+      <c r="DQ18" s="6">
         <v>4.5</v>
       </c>
-      <c r="DR18" s="7">
+      <c r="DR18" s="6">
         <v>5.1</v>
       </c>
-      <c r="DS18" s="7">
+      <c r="DS18" s="6">
         <v>3.5</v>
       </c>
-      <c r="DT18" s="7">
+      <c r="DT18" s="6">
         <v>9.6</v>
       </c>
-      <c r="DU18" s="7">
+      <c r="DU18" s="6">
         <v>4.6</v>
       </c>
-      <c r="DV18" s="7">
+      <c r="DV18" s="6">
         <v>4.7</v>
       </c>
-      <c r="DW18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DX18" s="7">
+      <c r="DW18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DX18" s="6">
         <v>23.2</v>
       </c>
-      <c r="DY18" s="7">
+      <c r="DY18" s="6">
         <v>11.7</v>
       </c>
-      <c r="DZ18" s="7">
+      <c r="DZ18" s="6">
         <v>8.0</v>
       </c>
-      <c r="EA18" s="7">
+      <c r="EA18" s="6">
         <v>5.4</v>
       </c>
-      <c r="EB18" s="7">
-[...11 lines deleted...]
-      <c r="EF18" s="7">
+      <c r="EB18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ED18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EF18" s="6">
         <v>13.5</v>
       </c>
-      <c r="EG18" s="7">
+      <c r="EG18" s="6">
         <v>7.3</v>
       </c>
-      <c r="EH18" s="7">
-[...11 lines deleted...]
-      <c r="EL18" s="7">
+      <c r="EH18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EI18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EK18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL18" s="6">
         <v>17.8</v>
       </c>
-      <c r="EM18" s="7">
+      <c r="EM18" s="6">
         <v>7.2</v>
       </c>
-      <c r="EN18" s="7">
-[...23 lines deleted...]
-      <c r="EV18" s="7">
+      <c r="EN18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EO18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EQ18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ER18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="ES18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ET18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EU18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EV18" s="6">
         <v>4.3</v>
       </c>
-      <c r="EW18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EX18" s="7">
+      <c r="EW18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EX18" s="6">
         <v>10.8</v>
       </c>
-      <c r="EY18" s="7">
+      <c r="EY18" s="6">
         <v>7.3</v>
       </c>
-      <c r="EZ18" s="7">
-[...23 lines deleted...]
-      <c r="FH18" s="7">
+      <c r="EZ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FA18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FB18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FG18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH18" s="6">
         <v>9.2</v>
       </c>
-      <c r="FI18" s="7">
+      <c r="FI18" s="6">
         <v>2.4</v>
       </c>
-      <c r="FJ18" s="7">
+      <c r="FJ18" s="6">
         <v>4.2</v>
       </c>
-      <c r="FK18" s="7">
+      <c r="FK18" s="6">
         <v>2.0</v>
       </c>
-      <c r="FL18" s="7">
+      <c r="FL18" s="6">
         <v>7.3</v>
       </c>
-      <c r="FM18" s="7">
+      <c r="FM18" s="6">
         <v>2.5</v>
       </c>
-      <c r="FN18" s="7">
-[...17 lines deleted...]
-      <c r="FT18" s="7">
+      <c r="FN18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FO18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FQ18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FR18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FS18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT18" s="6">
         <v>3.3</v>
       </c>
-      <c r="FU18" s="7" t="s">
-[...32 lines deleted...]
-      <c r="GF18" s="7">
+      <c r="FU18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FV18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FW18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FY18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GA18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GC18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE18" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF18" s="6">
         <v>4.8</v>
       </c>
-      <c r="GG18" s="7">
+      <c r="GG18" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="19" spans="1:189">
       <c r="A19" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="B19" s="7">
+      <c r="B19" s="6">
         <v>5.5</v>
       </c>
-      <c r="C19" s="7">
+      <c r="C19" s="6">
         <v>3.8</v>
       </c>
-      <c r="D19" s="7">
+      <c r="D19" s="6">
         <v>6.4</v>
       </c>
-      <c r="E19" s="7">
+      <c r="E19" s="6">
         <v>4.4</v>
       </c>
-      <c r="F19" s="7">
-[...11 lines deleted...]
-      <c r="J19" s="7">
+      <c r="F19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J19" s="6">
         <v>17.8</v>
       </c>
-      <c r="K19" s="7">
+      <c r="K19" s="6">
         <v>9.4</v>
       </c>
-      <c r="L19" s="7">
+      <c r="L19" s="6">
         <v>3.4</v>
       </c>
-      <c r="M19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="N19" s="7">
+      <c r="M19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="N19" s="6">
         <v>12.1</v>
       </c>
-      <c r="O19" s="7">
+      <c r="O19" s="6">
         <v>2.4</v>
       </c>
-      <c r="P19" s="7">
+      <c r="P19" s="6">
         <v>4.0</v>
       </c>
-      <c r="Q19" s="7">
+      <c r="Q19" s="6">
         <v>1.7</v>
       </c>
-      <c r="R19" s="7">
+      <c r="R19" s="6">
         <v>0.7</v>
       </c>
-      <c r="S19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="T19" s="7">
+      <c r="S19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T19" s="6">
         <v>11.2</v>
       </c>
-      <c r="U19" s="7">
+      <c r="U19" s="6">
         <v>3.5</v>
       </c>
-      <c r="V19" s="7">
-[...11 lines deleted...]
-      <c r="Z19" s="7">
+      <c r="V19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="W19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="Y19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z19" s="6">
         <v>8.3</v>
       </c>
-      <c r="AA19" s="7">
+      <c r="AA19" s="6">
         <v>5.6</v>
       </c>
-      <c r="AB19" s="7">
-[...11 lines deleted...]
-      <c r="AF19" s="7">
+      <c r="AB19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AE19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF19" s="6">
         <v>8.9</v>
       </c>
-      <c r="AG19" s="7">
+      <c r="AG19" s="6">
         <v>4.9</v>
       </c>
-      <c r="AH19" s="7">
+      <c r="AH19" s="6">
         <v>6.8</v>
       </c>
-      <c r="AI19" s="7">
+      <c r="AI19" s="6">
         <v>3.8</v>
       </c>
-      <c r="AJ19" s="7">
+      <c r="AJ19" s="6">
         <v>10.1</v>
       </c>
-      <c r="AK19" s="7">
+      <c r="AK19" s="6">
         <v>5.6</v>
       </c>
-      <c r="AL19" s="7">
-[...5 lines deleted...]
-      <c r="AN19" s="7">
+      <c r="AL19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AM19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN19" s="6">
         <v>6.0</v>
       </c>
-      <c r="AO19" s="7">
+      <c r="AO19" s="6">
         <v>3.4</v>
       </c>
-      <c r="AP19" s="7">
+      <c r="AP19" s="6">
         <v>16.3</v>
       </c>
-      <c r="AQ19" s="7">
+      <c r="AQ19" s="6">
         <v>4.1</v>
       </c>
-      <c r="AR19" s="7">
+      <c r="AR19" s="6">
         <v>7.0</v>
       </c>
-      <c r="AS19" s="7">
+      <c r="AS19" s="6">
         <v>3.4</v>
       </c>
-      <c r="AT19" s="7">
+      <c r="AT19" s="6">
         <v>11.0</v>
       </c>
-      <c r="AU19" s="7">
+      <c r="AU19" s="6">
         <v>3.5</v>
       </c>
-      <c r="AV19" s="7">
+      <c r="AV19" s="6">
         <v>26.2</v>
       </c>
-      <c r="AW19" s="7">
+      <c r="AW19" s="6">
         <v>3.6</v>
       </c>
-      <c r="AX19" s="7">
+      <c r="AX19" s="6">
         <v>18.0</v>
       </c>
-      <c r="AY19" s="7">
+      <c r="AY19" s="6">
         <v>3.1</v>
       </c>
-      <c r="AZ19" s="7">
+      <c r="AZ19" s="6">
         <v>4.5</v>
       </c>
-      <c r="BA19" s="7">
+      <c r="BA19" s="6">
         <v>2.2</v>
       </c>
-      <c r="BB19" s="7">
+      <c r="BB19" s="6">
         <v>2.2</v>
       </c>
-      <c r="BC19" s="7" t="s">
-[...8 lines deleted...]
-      <c r="BF19" s="7">
+      <c r="BC19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BD19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BE19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF19" s="6">
         <v>5.8</v>
       </c>
-      <c r="BG19" s="7">
+      <c r="BG19" s="6">
         <v>3.3</v>
       </c>
-      <c r="BH19" s="7">
+      <c r="BH19" s="6">
         <v>7.6</v>
       </c>
-      <c r="BI19" s="7" t="s">
-[...20 lines deleted...]
-      <c r="BP19" s="7">
+      <c r="BI19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BK19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BM19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BO19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP19" s="6">
         <v>3.7</v>
       </c>
-      <c r="BQ19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BR19" s="7">
+      <c r="BQ19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR19" s="6">
         <v>5.0</v>
       </c>
-      <c r="BS19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BT19" s="7">
+      <c r="BS19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT19" s="6">
         <v>20.3</v>
       </c>
-      <c r="BU19" s="7">
+      <c r="BU19" s="6">
         <v>9.2</v>
       </c>
-      <c r="BV19" s="7">
+      <c r="BV19" s="6">
         <v>18.7</v>
       </c>
-      <c r="BW19" s="7">
+      <c r="BW19" s="6">
         <v>6.4</v>
       </c>
-      <c r="BX19" s="7">
-[...5 lines deleted...]
-      <c r="BZ19" s="7">
+      <c r="BX19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BY19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BZ19" s="6">
         <v>5.2</v>
       </c>
-      <c r="CA19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CB19" s="7">
+      <c r="CA19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB19" s="6">
         <v>16.0</v>
       </c>
-      <c r="CC19" s="7">
+      <c r="CC19" s="6">
         <v>5.2</v>
       </c>
-      <c r="CD19" s="7">
+      <c r="CD19" s="6">
         <v>14.9</v>
       </c>
-      <c r="CE19" s="7">
+      <c r="CE19" s="6">
         <v>8.0</v>
       </c>
-      <c r="CF19" s="7">
+      <c r="CF19" s="6">
         <v>9.0</v>
       </c>
-      <c r="CG19" s="7">
+      <c r="CG19" s="6">
         <v>4.3</v>
       </c>
-      <c r="CH19" s="7">
+      <c r="CH19" s="6">
         <v>2.8</v>
       </c>
-      <c r="CI19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CJ19" s="7">
+      <c r="CI19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CJ19" s="6">
         <v>4.1</v>
       </c>
-      <c r="CK19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CL19" s="7">
+      <c r="CK19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL19" s="6">
         <v>4.7</v>
       </c>
-      <c r="CM19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CN19" s="7">
+      <c r="CM19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN19" s="6">
         <v>10.5</v>
       </c>
-      <c r="CO19" s="7">
+      <c r="CO19" s="6">
         <v>7.0</v>
       </c>
-      <c r="CP19" s="7">
+      <c r="CP19" s="6">
         <v>9.0</v>
       </c>
-      <c r="CQ19" s="7">
+      <c r="CQ19" s="6">
         <v>6.1</v>
       </c>
-      <c r="CR19" s="7">
+      <c r="CR19" s="6">
         <v>17.7</v>
       </c>
-      <c r="CS19" s="7">
+      <c r="CS19" s="6">
         <v>6.6</v>
       </c>
-      <c r="CT19" s="7">
+      <c r="CT19" s="6">
         <v>8.3</v>
       </c>
-      <c r="CU19" s="7">
+      <c r="CU19" s="6">
         <v>5.6</v>
       </c>
-      <c r="CV19" s="7">
+      <c r="CV19" s="6">
         <v>13.3</v>
       </c>
-      <c r="CW19" s="7">
+      <c r="CW19" s="6">
         <v>7.3</v>
       </c>
-      <c r="CX19" s="7">
-[...11 lines deleted...]
-      <c r="DB19" s="7">
+      <c r="CX19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CY19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CZ19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DA19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB19" s="6">
         <v>3.3</v>
       </c>
-      <c r="DC19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DD19" s="7">
+      <c r="DC19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD19" s="6">
         <v>26.6</v>
       </c>
-      <c r="DE19" s="7">
+      <c r="DE19" s="6">
         <v>9.3</v>
       </c>
-      <c r="DF19" s="7">
+      <c r="DF19" s="6">
         <v>33.2</v>
       </c>
-      <c r="DG19" s="7">
+      <c r="DG19" s="6">
         <v>7.2</v>
       </c>
-      <c r="DH19" s="7">
+      <c r="DH19" s="6">
         <v>18.4</v>
       </c>
-      <c r="DI19" s="7">
+      <c r="DI19" s="6">
         <v>6.8</v>
       </c>
-      <c r="DJ19" s="7">
+      <c r="DJ19" s="6">
         <v>41.9</v>
       </c>
-      <c r="DK19" s="7">
+      <c r="DK19" s="6">
         <v>7.6</v>
       </c>
-      <c r="DL19" s="7">
+      <c r="DL19" s="6">
         <v>42.9</v>
       </c>
-      <c r="DM19" s="7">
+      <c r="DM19" s="6">
         <v>8.6</v>
       </c>
-      <c r="DN19" s="7">
+      <c r="DN19" s="6">
         <v>62.6</v>
       </c>
-      <c r="DO19" s="7">
+      <c r="DO19" s="6">
         <v>7.7</v>
       </c>
-      <c r="DP19" s="7">
+      <c r="DP19" s="6">
         <v>48.7</v>
       </c>
-      <c r="DQ19" s="7">
+      <c r="DQ19" s="6">
         <v>6.4</v>
       </c>
-      <c r="DR19" s="7">
+      <c r="DR19" s="6">
         <v>23.2</v>
       </c>
-      <c r="DS19" s="7">
+      <c r="DS19" s="6">
         <v>6.7</v>
       </c>
-      <c r="DT19" s="7">
+      <c r="DT19" s="6">
         <v>47.3</v>
       </c>
-      <c r="DU19" s="7">
+      <c r="DU19" s="6">
         <v>7.8</v>
       </c>
-      <c r="DV19" s="7">
+      <c r="DV19" s="6">
         <v>20.2</v>
       </c>
-      <c r="DW19" s="7">
+      <c r="DW19" s="6">
         <v>9.1</v>
       </c>
-      <c r="DX19" s="7">
-[...5 lines deleted...]
-      <c r="DZ19" s="7">
+      <c r="DX19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DY19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DZ19" s="6">
         <v>31.1</v>
       </c>
-      <c r="EA19" s="7">
+      <c r="EA19" s="6">
         <v>9.1</v>
       </c>
-      <c r="EB19" s="7">
+      <c r="EB19" s="6">
         <v>16.0</v>
       </c>
-      <c r="EC19" s="7">
+      <c r="EC19" s="6">
         <v>7.4</v>
       </c>
-      <c r="ED19" s="7">
+      <c r="ED19" s="6">
         <v>29.6</v>
       </c>
-      <c r="EE19" s="7">
+      <c r="EE19" s="6">
         <v>8.8</v>
       </c>
-      <c r="EF19" s="7">
+      <c r="EF19" s="6">
         <v>16.2</v>
       </c>
-      <c r="EG19" s="7">
+      <c r="EG19" s="6">
         <v>7.5</v>
       </c>
-      <c r="EH19" s="7">
+      <c r="EH19" s="6">
         <v>7.9</v>
       </c>
-      <c r="EI19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EJ19" s="7">
+      <c r="EI19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ19" s="6">
         <v>14.3</v>
       </c>
-      <c r="EK19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EL19" s="7">
+      <c r="EK19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL19" s="6">
         <v>3.4</v>
       </c>
-      <c r="EM19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EN19" s="7">
+      <c r="EM19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EN19" s="6">
         <v>11.7</v>
       </c>
-      <c r="EO19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="EP19" s="7">
+      <c r="EO19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP19" s="6">
         <v>18.4</v>
       </c>
-      <c r="EQ19" s="7">
+      <c r="EQ19" s="6">
         <v>11.8</v>
       </c>
-      <c r="ER19" s="7">
+      <c r="ER19" s="6">
         <v>3.3</v>
       </c>
-      <c r="ES19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="ET19" s="7">
+      <c r="ES19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ET19" s="6">
         <v>10.1</v>
       </c>
-      <c r="EU19" s="7">
+      <c r="EU19" s="6">
         <v>6.8</v>
       </c>
-      <c r="EV19" s="7">
-[...5 lines deleted...]
-      <c r="EX19" s="7">
+      <c r="EV19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EW19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EX19" s="6">
         <v>10.2</v>
       </c>
-      <c r="EY19" s="7">
+      <c r="EY19" s="6">
         <v>6.8</v>
       </c>
-      <c r="EZ19" s="7">
+      <c r="EZ19" s="6">
         <v>16.0</v>
       </c>
-      <c r="FA19" s="7">
+      <c r="FA19" s="6">
         <v>10.4</v>
       </c>
-      <c r="FB19" s="7">
-[...17 lines deleted...]
-      <c r="FH19" s="7">
+      <c r="FB19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FG19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH19" s="6">
         <v>25.1</v>
       </c>
-      <c r="FI19" s="7">
+      <c r="FI19" s="6">
         <v>3.6</v>
       </c>
-      <c r="FJ19" s="7">
+      <c r="FJ19" s="6">
         <v>31.2</v>
       </c>
-      <c r="FK19" s="7">
+      <c r="FK19" s="6">
         <v>4.7</v>
       </c>
-      <c r="FL19" s="7">
+      <c r="FL19" s="6">
         <v>20.1</v>
       </c>
-      <c r="FM19" s="7">
+      <c r="FM19" s="6">
         <v>3.9</v>
       </c>
-      <c r="FN19" s="7">
-[...17 lines deleted...]
-      <c r="FT19" s="7">
+      <c r="FN19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FO19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FQ19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FR19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FS19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT19" s="6">
         <v>3.2</v>
       </c>
-      <c r="FU19" s="7" t="s">
-[...32 lines deleted...]
-      <c r="GF19" s="7">
+      <c r="FU19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FV19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FW19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FY19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GA19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GC19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE19" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF19" s="6">
         <v>14.0</v>
       </c>
-      <c r="GG19" s="7">
+      <c r="GG19" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="20" spans="1:189">
       <c r="A20" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="B20" s="7">
-[...5 lines deleted...]
-      <c r="D20" s="7">
+      <c r="B20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D20" s="6">
         <v>3.3</v>
       </c>
-      <c r="E20" s="7" t="s">
-[...14 lines deleted...]
-      <c r="J20" s="7">
+      <c r="E20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J20" s="6">
         <v>6.6</v>
       </c>
-      <c r="K20" s="7" t="s">
-[...8 lines deleted...]
-      <c r="N20" s="7">
+      <c r="K20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="N20" s="6">
         <v>11.2</v>
       </c>
-      <c r="O20" s="7">
+      <c r="O20" s="6">
         <v>2.3</v>
       </c>
-      <c r="P20" s="7">
+      <c r="P20" s="6">
         <v>0.9</v>
       </c>
-      <c r="Q20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="R20" s="7">
+      <c r="Q20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="R20" s="6">
         <v>0.7</v>
       </c>
-      <c r="S20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="T20" s="7">
+      <c r="S20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T20" s="6">
         <v>2.5</v>
       </c>
-      <c r="U20" s="7">
+      <c r="U20" s="6">
         <v>1.7</v>
       </c>
-      <c r="V20" s="7">
-[...29 lines deleted...]
-      <c r="AF20" s="7">
+      <c r="V20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="W20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="Y20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AA20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AC20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AE20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF20" s="6">
         <v>3.2</v>
       </c>
-      <c r="AG20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AH20" s="7">
+      <c r="AG20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH20" s="6">
         <v>7.2</v>
       </c>
-      <c r="AI20" s="7">
+      <c r="AI20" s="6">
         <v>4.0</v>
       </c>
-      <c r="AJ20" s="7">
-[...11 lines deleted...]
-      <c r="AN20" s="7">
+      <c r="AJ20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AK20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="AM20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN20" s="6">
         <v>13.1</v>
       </c>
-      <c r="AO20" s="7">
+      <c r="AO20" s="6">
         <v>4.9</v>
       </c>
-      <c r="AP20" s="7">
+      <c r="AP20" s="6">
         <v>5.1</v>
       </c>
-      <c r="AQ20" s="7">
+      <c r="AQ20" s="6">
         <v>2.5</v>
       </c>
-      <c r="AR20" s="7">
+      <c r="AR20" s="6">
         <v>10.4</v>
       </c>
-      <c r="AS20" s="7">
+      <c r="AS20" s="6">
         <v>4.0</v>
       </c>
-      <c r="AT20" s="7">
+      <c r="AT20" s="6">
         <v>21.2</v>
       </c>
-      <c r="AU20" s="7">
+      <c r="AU20" s="6">
         <v>4.6</v>
       </c>
-      <c r="AV20" s="7">
+      <c r="AV20" s="6">
         <v>18.8</v>
       </c>
-      <c r="AW20" s="7">
+      <c r="AW20" s="6">
         <v>3.1</v>
       </c>
-      <c r="AX20" s="7">
+      <c r="AX20" s="6">
         <v>16.6</v>
       </c>
-      <c r="AY20" s="7">
+      <c r="AY20" s="6">
         <v>3.0</v>
       </c>
-      <c r="AZ20" s="7">
+      <c r="AZ20" s="6">
         <v>1.1</v>
       </c>
-      <c r="BA20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="BB20" s="7">
+      <c r="BA20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB20" s="6">
         <v>5.1</v>
       </c>
-      <c r="BC20" s="7">
+      <c r="BC20" s="6">
         <v>3.5</v>
       </c>
-      <c r="BD20" s="7">
-[...41 lines deleted...]
-      <c r="BR20" s="7">
+      <c r="BD20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BE20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BG20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BH20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BI20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BK20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BM20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BO20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BQ20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR20" s="6">
         <v>15.2</v>
       </c>
-      <c r="BS20" s="7">
+      <c r="BS20" s="6">
         <v>8.2</v>
       </c>
-      <c r="BT20" s="7">
+      <c r="BT20" s="6">
         <v>16.9</v>
       </c>
-      <c r="BU20" s="7">
+      <c r="BU20" s="6">
         <v>8.9</v>
       </c>
-      <c r="BV20" s="7">
+      <c r="BV20" s="6">
         <v>8.6</v>
       </c>
-      <c r="BW20" s="7">
+      <c r="BW20" s="6">
         <v>4.7</v>
       </c>
-      <c r="BX20" s="7">
-[...5 lines deleted...]
-      <c r="BZ20" s="7">
+      <c r="BX20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="BY20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BZ20" s="6">
         <v>3.8</v>
       </c>
-      <c r="CA20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="CB20" s="7">
+      <c r="CA20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB20" s="6">
         <v>14.0</v>
       </c>
-      <c r="CC20" s="7">
+      <c r="CC20" s="6">
         <v>4.9</v>
       </c>
-      <c r="CD20" s="7">
-[...5 lines deleted...]
-      <c r="CF20" s="7">
+      <c r="CD20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CE20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF20" s="6">
         <v>5.1</v>
       </c>
-      <c r="CG20" s="7">
+      <c r="CG20" s="6">
         <v>3.5</v>
       </c>
-      <c r="CH20" s="7">
-[...5 lines deleted...]
-      <c r="CJ20" s="7">
+      <c r="CH20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CI20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CJ20" s="6">
         <v>4.2</v>
       </c>
-      <c r="CK20" s="7" t="s">
-[...20 lines deleted...]
-      <c r="CR20" s="7">
+      <c r="CK20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CM20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CO20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CP20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CQ20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CR20" s="6">
         <v>19.9</v>
       </c>
-      <c r="CS20" s="7">
+      <c r="CS20" s="6">
         <v>7.3</v>
       </c>
-      <c r="CT20" s="7">
+      <c r="CT20" s="6">
         <v>3.6</v>
       </c>
-      <c r="CU20" s="7" t="s">
-[...26 lines deleted...]
-      <c r="DD20" s="7">
+      <c r="CU20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CV20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CW20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CX20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="CY20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CZ20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DA20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="DC20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD20" s="6">
         <v>25.4</v>
       </c>
-      <c r="DE20" s="7">
+      <c r="DE20" s="6">
         <v>9.0</v>
       </c>
-      <c r="DF20" s="7">
+      <c r="DF20" s="6">
         <v>30.2</v>
       </c>
-      <c r="DG20" s="7">
+      <c r="DG20" s="6">
         <v>7.0</v>
       </c>
-      <c r="DH20" s="7">
+      <c r="DH20" s="6">
         <v>20.5</v>
       </c>
-      <c r="DI20" s="7">
+      <c r="DI20" s="6">
         <v>6.9</v>
       </c>
-      <c r="DJ20" s="7">
+      <c r="DJ20" s="6">
         <v>29.5</v>
       </c>
-      <c r="DK20" s="7">
+      <c r="DK20" s="6">
         <v>6.9</v>
       </c>
-      <c r="DL20" s="7">
+      <c r="DL20" s="6">
         <v>6.7</v>
       </c>
-      <c r="DM20" s="7">
+      <c r="DM20" s="6">
         <v>4.5</v>
       </c>
-      <c r="DN20" s="7">
+      <c r="DN20" s="6">
         <v>7.3</v>
       </c>
-      <c r="DO20" s="7">
+      <c r="DO20" s="6">
         <v>4.1</v>
       </c>
-      <c r="DP20" s="7">
+      <c r="DP20" s="6">
         <v>19.5</v>
       </c>
-      <c r="DQ20" s="7">
+      <c r="DQ20" s="6">
         <v>5.1</v>
       </c>
-      <c r="DR20" s="7">
+      <c r="DR20" s="6">
         <v>43.6</v>
       </c>
-      <c r="DS20" s="7">
+      <c r="DS20" s="6">
         <v>7.8</v>
       </c>
-      <c r="DT20" s="7">
+      <c r="DT20" s="6">
         <v>19.5</v>
       </c>
-      <c r="DU20" s="7">
+      <c r="DU20" s="6">
         <v>6.2</v>
       </c>
-      <c r="DV20" s="7">
+      <c r="DV20" s="6">
         <v>5.6</v>
       </c>
-      <c r="DW20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DX20" s="7">
+      <c r="DW20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DX20" s="6">
         <v>7.7</v>
       </c>
-      <c r="DY20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="DZ20" s="7">
+      <c r="DY20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DZ20" s="6">
         <v>15.4</v>
       </c>
-      <c r="EA20" s="7">
+      <c r="EA20" s="6">
         <v>7.1</v>
       </c>
-      <c r="EB20" s="7">
+      <c r="EB20" s="6">
         <v>11.9</v>
       </c>
-      <c r="EC20" s="7">
+      <c r="EC20" s="6">
         <v>6.5</v>
       </c>
-      <c r="ED20" s="7">
+      <c r="ED20" s="6">
         <v>3.3</v>
       </c>
-      <c r="EE20" s="7" t="s">
-[...38 lines deleted...]
-      <c r="ER20" s="7">
+      <c r="EE20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EF20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EG20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EH20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EI20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EK20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EM20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EN20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EO20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EQ20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ER20" s="6">
         <v>3.7</v>
       </c>
-      <c r="ES20" s="7" t="s">
-[...44 lines deleted...]
-      <c r="FH20" s="7">
+      <c r="ES20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ET20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EU20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EV20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EW20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EX20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="EY20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EZ20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FA20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FB20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FC20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FE20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FG20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH20" s="6">
         <v>10.2</v>
       </c>
-      <c r="FI20" s="7">
+      <c r="FI20" s="6">
         <v>2.5</v>
       </c>
-      <c r="FJ20" s="7">
+      <c r="FJ20" s="6">
         <v>10.5</v>
       </c>
-      <c r="FK20" s="7">
+      <c r="FK20" s="6">
         <v>3.2</v>
       </c>
-      <c r="FL20" s="7">
+      <c r="FL20" s="6">
         <v>18.5</v>
       </c>
-      <c r="FM20" s="7">
+      <c r="FM20" s="6">
         <v>3.7</v>
       </c>
-      <c r="FN20" s="7">
-[...53 lines deleted...]
-      <c r="GF20" s="7">
+      <c r="FN20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FO20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FQ20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FR20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FS20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FU20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FV20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FW20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="FY20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GA20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="GC20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE20" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF20" s="6">
         <v>8.4</v>
       </c>
-      <c r="GG20" s="7">
+      <c r="GG20" s="6">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:189">
       <c r="A21" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="B21" s="7">
-[...560 lines deleted...]
-      <c r="GG21" s="7" t="s">
+      <c r="B21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="J21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="L21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="N21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="P21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="Q21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="R21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="S21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="T21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="U21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="V21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="W21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="X21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="Y21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="Z21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AG21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AH21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AI21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AJ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AK21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AL21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AM21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AN21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AO21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AP21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AQ21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AR21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AS21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AT21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AU21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AV21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AW21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AX21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="AY21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="AZ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BD21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BG21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BH21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BI21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BJ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BK21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BL21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BM21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BN21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BO21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BP21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BQ21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BR21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BS21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BT21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BU21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BV21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BW21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BX21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="BY21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BZ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CD21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CG21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CH21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CI21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CJ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CK21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CL21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CM21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CN21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CO21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CP21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CQ21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CR21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CS21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CT21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CU21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CV21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CW21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CX21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="CY21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="CZ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DD21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DG21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DH21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DI21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DJ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DK21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DL21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DM21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DN21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DO21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DP21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DQ21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DR21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DS21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DT21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DU21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DV21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DW21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DX21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="DY21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="DZ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ED21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EG21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EH21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EI21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EJ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EK21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EL21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EM21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EN21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EO21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EP21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EQ21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ER21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="ES21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="ET21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EU21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EV21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EW21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EX21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="EY21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="EZ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FD21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FG21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FH21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FI21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FJ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FK21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FL21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FM21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FN21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FO21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FP21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FQ21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FR21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FS21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FT21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FU21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FV21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FW21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FX21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="FY21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="FZ21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="GA21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GB21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="GC21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GD21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GE21" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="GF21" s="6">
+        <v>100.0</v>
+      </c>
+      <c r="GG21" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:189" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286810/624742</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -7706,191 +7703,191 @@
       <c r="FW22" s="3"/>
       <c r="FX22" s="3"/>
       <c r="FY22" s="3"/>
       <c r="FZ22" s="3"/>
       <c r="GA22" s="3"/>
       <c r="GB22" s="3"/>
       <c r="GC22" s="3"/>
       <c r="GD22" s="3"/>
       <c r="GE22" s="3"/>
       <c r="GF22" s="3"/>
       <c r="GG22" s="3"/>
     </row>
     <row r="25" spans="1:189">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:189" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:189">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
+            <t xml:space="preserve">data dell'ultimo intervento (classi di 10 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:189" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:189">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:189" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:189">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:189" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:189">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:189" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>