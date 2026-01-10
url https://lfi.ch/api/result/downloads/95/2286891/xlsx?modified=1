--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>forest type (3 classes) · forest function 'nature conservation'</t>
+    <t>tipo di bosco (3 classi) · funzione di protezione della natura</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,290 +373,290 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>forest type (3 classes)</t>
+    <t>tipo di bosco (3 classi)</t>
   </si>
   <si>
-    <t>forest function 'nature conservation'</t>
+    <t>funzione di protezione della natura</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
-    <t>yes</t>
+    <t>sì</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>accessible forest without shrub forest</t>
+    <t>bosco accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>inaccessible forest without shrub forest</t>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
   </si>
   <si>
-    <t>shrub forest</t>
+    <t>arbusteti</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2286891/624823</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest function 'nature conservation'</t>
+      <t xml:space="preserve">funzione di protezione della natura</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #474</t>
     </r>
   </si>
   <si>
-    <t>Presence of the forest function 'nature conservation' according to forest plans or an assessment by the local forest service. Reference: Forest Service Survey (MID 327: Spezielle Waldfunktionen)</t>
+    <t>Presenza della funzione del bosco «protezione della natura» in base alla pianificazione forestale o alla valutazione del servizio forestale locale. Fonte: inchiesta presso il servizio forestale (MID 327: Spezielle Waldfunktionen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1008,52 +1008,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -13809,51 +13809,51 @@
         <v>0.0</v>
       </c>
       <c r="GF32" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG32" s="6">
         <v>1176.4</v>
       </c>
       <c r="GH32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:190" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2286891/624823</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -14027,226 +14027,226 @@
       <c r="FX33" s="3"/>
       <c r="FY33" s="3"/>
       <c r="FZ33" s="3"/>
       <c r="GA33" s="3"/>
       <c r="GB33" s="3"/>
       <c r="GC33" s="3"/>
       <c r="GD33" s="3"/>
       <c r="GE33" s="3"/>
       <c r="GF33" s="3"/>
       <c r="GG33" s="3"/>
       <c r="GH33" s="3"/>
     </row>
     <row r="36" spans="1:190">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:190" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="39" spans="1:190">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:190" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="42" spans="1:190">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest function 'nature conservation'</t>
+            <t xml:space="preserve">funzione di protezione della natura</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #474</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:190" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:190">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:190" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:190">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:190" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="51" spans="1:190">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:190" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>