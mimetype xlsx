--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: forest district (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: protection forests (2022): accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,276 +373,276 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2287516/625448</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2682</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) als «zugänglicher Wald» (d.h. als «Wald ohne Gebüschwald» oder «Gebüschwald», der zu Fuss aufgesucht werden kann) bestimmt wurde und innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Area designated in both the NFI4 (2009-2017) and the NFI5 (2018-2026) as «accessible forest», i.e. «forest without shrub forest» or «shrub forest» that can be accessed on foot and is situated in a forest that the cantons designated «protective forest» in 2022 according to the harmonised criteria of SilvaProtect-CH (Losey &amp; Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -994,51 +994,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -10345,51 +10345,51 @@
         <v>0.0</v>
       </c>
       <c r="GE26" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF26" s="6">
         <v>542.0</v>
       </c>
       <c r="GG26" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2287516/625448</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -10563,191 +10563,191 @@
       <c r="FW27" s="3"/>
       <c r="FX27" s="3"/>
       <c r="FY27" s="3"/>
       <c r="FZ27" s="3"/>
       <c r="GA27" s="3"/>
       <c r="GB27" s="3"/>
       <c r="GC27" s="3"/>
       <c r="GD27" s="3"/>
       <c r="GE27" s="3"/>
       <c r="GF27" s="3"/>
       <c r="GG27" s="3"/>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">protective forests (2022): accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2682</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>