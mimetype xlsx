--- v0 (2025-12-24)
+++ v1 (2026-02-15)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>type de forêt (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2024)</t>
+      <t xml:space="preserve">: arrondissement forestier (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwald (2022): Wald</t>
+      <t xml:space="preserve">: forêt protectrice (2022): forêt</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2024)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>arrondissement forestier (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,276 +373,276 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...2 lines deleted...]
-    <t>Schweiz</t>
+    <t>lacs</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>forêt inaccessible</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
+  </si>
+  <si>
+    <t>surface forestière en permanence non boisée</t>
+  </si>
+  <si>
+    <t>tranchée, talus</t>
+  </si>
+  <si>
+    <t>peuplement clairsemé</t>
+  </si>
+  <si>
+    <t>selve, culture d'arbres</t>
+  </si>
+  <si>
+    <t>taillis</t>
+  </si>
+  <si>
+    <t>taillis-sous-futaie</t>
+  </si>
+  <si>
+    <t>futaie d'aspect jardiné</t>
+  </si>
+  <si>
+    <t>futaie irrégulière</t>
+  </si>
+  <si>
+    <t>relevé incomplet</t>
+  </si>
+  <si>
+    <t>futaie régulière</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2288028/625960</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">type de forêt (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Répartition des forêts en 12 classes («types») en fonction de leur origine, de leur structure et de leur gestion. Contrairement à la variable «type de forêt (17 classes)», la variable «type de forêt (12 classes)» regroupe tous les stades de développement (de la jeune pousse à la futaie) dans la classe «futaie régulière». Source: relevé de terrain (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">arrondissement forestier (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Découpage régional dont les arrondissements forestiers constituent l'unité. Cette variable se base sur une enquête réalisée auprès des services forestiers cantonaux durant l’hiver 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald (2022): Wald</t>
+      <t xml:space="preserve">forêt protectrice (2022): forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2653</t>
     </r>
   </si>
   <si>
-    <t>Wald (d.h. «Wald ohne Gebüschwald» oder «Gebüschwald»), der innerhalb des Schutzwalds liegt, den die Kantone im Jahr 2022 nach den harmonisierten Kriterien von Silvaprotect-CH (Losey &amp; Wehrli 2013) ausgeschieden hatten.</t>
+    <t>Forêt (c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante») située à l'intérieur d'une forêt protectrice délimitée en 2022 par les cantons selon les critères harmonisés de Silvaprotect-CH (Losey et Wehrli 2013).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -994,51 +994,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10345,51 +10345,51 @@
         <v>106</v>
       </c>
       <c r="GE26" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF26" s="6">
         <v>100.0</v>
       </c>
       <c r="GG26" s="6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2288028/625960</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -10563,191 +10563,191 @@
       <c r="FW27" s="3"/>
       <c r="FX27" s="3"/>
       <c r="FY27" s="3"/>
       <c r="FZ27" s="3"/>
       <c r="GA27" s="3"/>
       <c r="GB27" s="3"/>
       <c r="GC27" s="3"/>
       <c r="GD27" s="3"/>
       <c r="GE27" s="3"/>
       <c r="GF27" s="3"/>
       <c r="GG27" s="3"/>
     </row>
     <row r="30" spans="1:189">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:189" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:189">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">type de forêt (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:189" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:189">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">arrondissement forestier (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:189" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:189">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald (2022): Wald</t>
+            <t xml:space="preserve">forêt protectrice (2022): forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2653</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:189" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:189">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:189" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>