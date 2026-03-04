--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
   <si>
-    <t>NFI4</t>
+    <t>IFN4</t>
   </si>
   <si>
-    <t>ratio of the types of damage gaps</t>
+    <t>proporzione dei tipi delle aree dannegiate</t>
   </si>
   <si>
-    <t>ownership (2 categories) · cause of damage gap</t>
+    <t>proprietà (2 classi) · causa dell'area danneggiata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest district (2024)</t>
+      <t xml:space="preserve">: circondario forestale (2024)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2009/17</t>
+    <t>stato 2009/17</t>
   </si>
   <si>
-    <t>forest district (2024)</t>
+    <t>circondario forestale (2024)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,323 +373,323 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>lakes</t>
+    <t>laghi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>ownership (2 categories)</t>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
-    <t>cause of damage gap</t>
+    <t>causa dell'area danneggiata</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>wind</t>
+    <t>vento</t>
   </si>
   <si>
-    <t>snow load</t>
+    <t>carico da neve</t>
   </si>
   <si>
-    <t>avalanche</t>
+    <t>valanga</t>
   </si>
   <si>
-    <t>rockfall</t>
+    <t>caduta di massi</t>
   </si>
   <si>
-    <t>debris flow, landslide</t>
+    <t>colata di fango, smottamento</t>
   </si>
   <si>
-    <t>flood</t>
+    <t>inondazione</t>
   </si>
   <si>
-    <t>forest fire</t>
+    <t>incendio boschivo</t>
   </si>
   <si>
-    <t>loss of vitality, drought</t>
+    <t>perdita di vitalità, siccità</t>
   </si>
   <si>
-    <t>insects</t>
+    <t>insetti</t>
   </si>
   <si>
-    <t>fungi, virus, bacteria</t>
+    <t>funghi, virus, batteri</t>
   </si>
   <si>
-    <t>wild animals</t>
+    <t>animali selvatici</t>
   </si>
   <si>
-    <t>domestic animals</t>
+    <t>animali domestici</t>
   </si>
   <si>
-    <t>wood harvest</t>
+    <t>raccolta del legname</t>
   </si>
   <si>
-    <t>other human cause</t>
+    <t>altre cause umane</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>public</t>
+    <t>pubblica</t>
   </si>
   <si>
-    <t>private</t>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2289485/627417</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ratio of the types of damage gaps</t>
+      <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #419</t>
     </r>
   </si>
   <si>
-    <t>Ratio of the different damage events (e.g. wind, insects) which led to damage gaps. The ratio is determined on the basis of those damage gaps that account for at least 10% of the interpretation area (50 × 50 m) and on which, according to the information provided by the local forest services, only one damage event occurred. The target value thus allows comparisons of inventories from NFI3 onwards.</t>
+    <t>Proporzione dei diversi tipi di danno (ad es. vento, insetti), che hanno causato un'area danneggiata. Per determinare la proporzione vengono prese in considerazione le aree danneggiate che rappresentano almeno il 10% dell'area di interpretazione (50 × 50 m) e sulle quali - secondo le indicazioni del servizio forestale locale - è avvenuto un solo evento che le ha danneggiate. Questa variabile target permette di confrontare i risultati a partire dall'IFN3.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of damage gap</t>
+      <t xml:space="preserve">causa dell'area danneggiata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2679</t>
     </r>
   </si>
   <si>
-    <t>Cause of the damage gap, e.g. storm, drought, insect or fungal infestation or timber harvesting. Reference: Forest Service Survey (MID 600: Art der Schadenflächen)</t>
+    <t>Evento che ha causato l'area danneggiata (ad es. tempesta, siccità, infestazione di insetti o funghi, raccolta del legname). Fonte: inchiesta presso il servizio forestale (MID 600: Art der Schadenflächen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest district (2023)</t>
+      <t xml:space="preserve">circondario forestale (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
+    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1041,52 +1041,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -38920,51 +38920,51 @@
         <v>108</v>
       </c>
       <c r="GF76" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG76" s="6">
         <v>100.0</v>
       </c>
       <c r="GH76" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="21.75">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 26.04.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 26.04.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2289485/627417</t>
           </r>
         </is>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3"/>
       <c r="K77" s="3"/>
       <c r="L77" s="3"/>
@@ -39138,226 +39138,226 @@
       <c r="FX77" s="3"/>
       <c r="FY77" s="3"/>
       <c r="FZ77" s="3"/>
       <c r="GA77" s="3"/>
       <c r="GB77" s="3"/>
       <c r="GC77" s="3"/>
       <c r="GD77" s="3"/>
       <c r="GE77" s="3"/>
       <c r="GF77" s="3"/>
       <c r="GG77" s="3"/>
       <c r="GH77" s="3"/>
     </row>
     <row r="80" spans="1:190">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ratio of the types of damage gaps</t>
+            <t xml:space="preserve">proporzione dei tipi delle aree dannegiate</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #419</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:190" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="83" spans="1:190">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:190" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:190">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of damage gap</t>
+            <t xml:space="preserve">causa dell'area danneggiata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2679</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:190" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="89" spans="1:190">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest district (2023)</t>
+            <t xml:space="preserve">circondario forestale (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:190" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="92" spans="1:190">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:190" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="95" spans="1:190">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:190" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>138</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>