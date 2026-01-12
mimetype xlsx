--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di riserva (2023)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>reserve type</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>riserva forestale naturale</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>natural forest reserve</t>
+  </si>
+  <si>
+    <t>special forest reserve</t>
+  </si>
+  <si>
+    <t>other forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2304918/605983</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di riserva (2023)</t>
+      <t xml:space="preserve">reserve type</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2707</t>
     </r>
   </si>
   <si>
-    <t>Tipo di riserva forestale (riserva forestale naturale, riserva forestale speciale, altra foresta), in base alle riserve forestali definite dai cantoni (2023) e alla decisione bosco/non bosco nel rispettivo inventario. Fonte: dati GIS dell'UFAM (2023), nonché rilievo sul terreno (MID 816) oppure - nel caso di un bosco inaccessibile - interpretazione di foto aeree</t>
+    <t>Type of forest reserve («natural forest reserve», «special forest reserve“ or «other forest»), based on the forest reserves as designated by the cantons (as of 2023) and the forest/non-forest decision of the respective Inventory. Reference: GIS data from FOEN, 2023, and Field Survey (MID 816) or – if the forest is inaccessible – aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2304918/605983</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di riserva (2023)</t>
+            <t xml:space="preserve">reserve type</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2707</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>