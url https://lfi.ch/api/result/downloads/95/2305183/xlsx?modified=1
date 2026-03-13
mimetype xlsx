--- v0 (2025-11-29)
+++ v1 (2026-03-13)
@@ -14,383 +14,383 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>cause of tree mortality</t>
+    <t>LFI4–LFI5</t>
+  </si>
+  <si>
+    <t>Nutzung und Mortalität nach Absterbegrund</t>
+  </si>
+  <si>
+    <t>Absterbegrund</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/yr</t>
+      <t xml:space="preserve">: m³/ha/Jahr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Veränderung 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>m³/ha/yr</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>m³/ha/Jahr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>silvicultural treatment</t>
-[...47 lines deleted...]
-    <t>total</t>
+    <t>waldbaulicher Eingriff</t>
+  </si>
+  <si>
+    <t>Wind</t>
+  </si>
+  <si>
+    <t>Schneelast</t>
+  </si>
+  <si>
+    <t>Lawine</t>
+  </si>
+  <si>
+    <t>Steinschlag</t>
+  </si>
+  <si>
+    <t>Murgang, Rutschung</t>
+  </si>
+  <si>
+    <t>Hochwasser</t>
+  </si>
+  <si>
+    <t>Waldbrand</t>
+  </si>
+  <si>
+    <t>Insekten</t>
+  </si>
+  <si>
+    <t>Pilze, Viren, Bakterien</t>
+  </si>
+  <si>
+    <t>Wildtiere</t>
+  </si>
+  <si>
+    <t>Vieh</t>
+  </si>
+  <si>
+    <t>andere menschliche Ursache</t>
+  </si>
+  <si>
+    <t>unbekannt</t>
+  </si>
+  <si>
+    <t>Vitalitätsverlust durch Trockenheit</t>
+  </si>
+  <si>
+    <t>übriger Vitalitätsverlust</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2305183/598545</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fellings and mortality according to cause of damage</t>
+      <t xml:space="preserve">Nutzung und Mortalität nach Absterbegrund</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #408</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood with bark of all trees and shrubs ≥12 cm diameter at breast height (dbh) that were felled, died or disappeared between two inventories with the cause of death given.</t>
+    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren genutzt wurden, abgestorben oder verschwunden sind mit Angabe des Absterbegrunds.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cause of tree mortality</t>
+      <t xml:space="preserve">Absterbegrund</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2619</t>
     </r>
   </si>
   <si>
-    <t>Reason why trees and shrubs ≥12 cm in diameter at breast height (dbh) have died or disappeared since the last Inventory. Reference: Forest Service Survey (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
+    <t>Grund, weshalb Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) seit der letzten Inventur abgestorben oder verschwunden sind. Grundlage: Forstdienstbefragung (MID 2046: Absterbegrund - toter/fehlender Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -742,62 +742,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1633,233 +1633,233 @@
         <v>3.7</v>
       </c>
       <c r="K30" s="6">
         <v>13</v>
       </c>
       <c r="L30" s="6">
         <v>8.2</v>
       </c>
       <c r="M30" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="21.75">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2305183/598545</t>
           </r>
         </is>
       </c>
       <c r="B31" s="3"/>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fellings and mortality according to cause of damage</t>
+            <t xml:space="preserve">Nutzung und Mortalität nach Absterbegrund</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #408</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cause of tree mortality</t>
+            <t xml:space="preserve">Absterbegrund</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2619</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:13" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>