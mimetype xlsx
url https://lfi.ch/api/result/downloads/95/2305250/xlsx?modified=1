--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>NFI4–NFI5</t>
+  </si>
+  <si>
+    <t>mortality</t>
+  </si>
+  <si>
+    <t>altitude (in 400 m classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Forstkreis (2023)</t>
+      <t xml:space="preserve">: forest district (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/Jahr</t>
+      <t xml:space="preserve">: 1000 m³/yr</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Forstkreis (2023)</t>
+    <t>change 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>forest district (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,255 +373,255 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>Seen</t>
-[...5 lines deleted...]
-    <t>1000 m³/Jahr</t>
+    <t>lakes</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>1000 m³/yr</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
+    <t>1001-1400 m</t>
   </si>
   <si>
     <t xml:space="preserve">601-1000 m </t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2305250/625119</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mortalität</t>
+      <t xml:space="preserve">mortality</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #16</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die zwischen zwei Inventuren abgestorben (z.B. durch Windwurf oder Insekten) oder verschwunden sind (z.B. durch Lawinen), aber nicht forstlich genutzt wurden. Die Mortalität ist die Summe von natürlichen Abgängen und verbleibender Mortalität.</t>
+    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that died naturally between two inventories (e.g. due to windthrow or insects) or disappeared (e.g. due to avalanches), but that were not harvested. Mortality is the sum of natural losses and the remaining mortality.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">altitude (in 400 m classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitude above sea level in classes of 400 m. Reference: Digital height model DHM 25 from Swisstopo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Forstkreis (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Forstkreisen als Einheit. Die Variable basiert auf einer Erhebung bei den kantonalen Forstdiensten im Winter 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -973,238 +973,238 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GG36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="83" max="83" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="84" max="84" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="84" max="84" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="85" max="85" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="86" max="86" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="86" max="86" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="87" max="87" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="88" max="88" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="88" max="88" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="89" max="89" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="90" max="90" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="90" max="90" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="91" max="91" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="92" max="92" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="92" max="92" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="93" max="93" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="94" max="94" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="94" max="94" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="96" max="96" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="96" max="96" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="98" max="98" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="98" max="98" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="100" max="100" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="100" max="100" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="102" max="102" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="102" max="102" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="104" max="104" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="104" max="104" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="106" max="106" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="106" max="106" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="108" max="108" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="108" max="108" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="110" max="110" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="110" max="110" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="112" max="112" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="112" max="112" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="114" max="114" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="114" max="114" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="116" max="116" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="116" max="116" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="118" max="118" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="118" max="118" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="119" max="119" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="120" max="120" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="120" max="120" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="121" max="121" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="122" max="122" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="122" max="122" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="123" max="123" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="124" max="124" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="124" max="124" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="125" max="125" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="126" max="126" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="126" max="126" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="127" max="127" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="128" max="128" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="128" max="128" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="129" max="129" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="130" max="130" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="130" max="130" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="131" max="131" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="132" max="132" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="132" max="132" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="133" max="133" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="134" max="134" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="134" max="134" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="135" max="135" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="136" max="136" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="136" max="136" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="137" max="137" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="138" max="138" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="138" max="138" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="139" max="139" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="140" max="140" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="140" max="140" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="141" max="141" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="142" max="142" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="142" max="142" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="143" max="143" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="144" max="144" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="144" max="144" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="145" max="145" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="146" max="146" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="146" max="146" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="147" max="147" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="148" max="148" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="148" max="148" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="149" max="149" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="150" max="150" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="150" max="150" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="151" max="151" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="152" max="152" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="152" max="152" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="153" max="153" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="154" max="154" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="154" max="154" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="155" max="155" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="156" max="156" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="156" max="156" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="157" max="157" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="158" max="158" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="158" max="158" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="159" max="159" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="160" max="160" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="160" max="160" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="161" max="161" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="162" max="162" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="162" max="162" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="163" max="163" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="164" max="164" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="164" max="164" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="165" max="165" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="166" max="166" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="166" max="166" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="167" max="167" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="168" max="168" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="168" max="168" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="169" max="169" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="170" max="170" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="170" max="170" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="171" max="171" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="172" max="172" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="172" max="172" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="173" max="173" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="174" max="174" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="174" max="174" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="175" max="175" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="176" max="176" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="176" max="176" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="177" max="177" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="178" max="178" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="178" max="178" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="179" max="179" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="180" max="180" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="180" max="180" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="181" max="181" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="182" max="182" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="182" max="182" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="183" max="183" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="184" max="184" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="184" max="184" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="185" max="185" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="186" max="186" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="186" max="186" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="187" max="187" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="188" max="188" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="188" max="188" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="189" max="189" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:189">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:189">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:189">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:189">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:189">
       <c r="A5" t="s">
@@ -6341,51 +6341,51 @@
         <v>0</v>
       </c>
       <c r="GE19" s="6" t="s">
         <v>106</v>
       </c>
       <c r="GF19" s="6">
         <v>2438</v>
       </c>
       <c r="GG19" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:189" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2305250/625119</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -6559,191 +6559,191 @@
       <c r="FW20" s="3"/>
       <c r="FX20" s="3"/>
       <c r="FY20" s="3"/>
       <c r="FZ20" s="3"/>
       <c r="GA20" s="3"/>
       <c r="GB20" s="3"/>
       <c r="GC20" s="3"/>
       <c r="GD20" s="3"/>
       <c r="GE20" s="3"/>
       <c r="GF20" s="3"/>
       <c r="GG20" s="3"/>
     </row>
     <row r="23" spans="1:189">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mortalität</t>
+            <t xml:space="preserve">mortality</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #16</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:189" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:189">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">altitude (in 400 m classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:189" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:189">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Forstkreis (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:189" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:189">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:189" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:189">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:189" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>123</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GG1"/>
     <mergeCell ref="A2:GG2"/>