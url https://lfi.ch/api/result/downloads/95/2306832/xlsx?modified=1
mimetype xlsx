--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>provvigione (legno del fusto)</t>
+    <t>growing stock (stemwood)</t>
   </si>
   <si>
-    <t>alte/basse quote · diametro a petto d'uomo (10 classi)</t>
+    <t>higher/lower altitude zone · diameter at breast height (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: circondario forestale (2023)</t>
+      <t xml:space="preserve">: forest district (2023)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>circondario forestale (2023)</t>
+    <t>forest district (2023)</t>
   </si>
   <si>
     <t>AG01</t>
   </si>
   <si>
     <t>AG02</t>
   </si>
   <si>
     <t>AG03</t>
   </si>
   <si>
     <t>AG04</t>
   </si>
   <si>
     <t>AI01</t>
   </si>
   <si>
     <t>AR01</t>
   </si>
   <si>
     <t>BE01</t>
   </si>
   <si>
     <t>BE02</t>
   </si>
@@ -373,311 +373,311 @@
   <si>
     <t>ZG01</t>
   </si>
   <si>
     <t>ZH01</t>
   </si>
   <si>
     <t>ZH02</t>
   </si>
   <si>
     <t>ZH03</t>
   </si>
   <si>
     <t>ZH04</t>
   </si>
   <si>
     <t>ZH05</t>
   </si>
   <si>
     <t>ZH06</t>
   </si>
   <si>
     <t>ZH07</t>
   </si>
   <si>
-    <t>laghi</t>
+    <t>lakes</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>alte/basse quote</t>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
-    <t>diametro a petto d'uomo (10 classi)</t>
+    <t>diameter at breast height (10 classes)</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>basse quote</t>
+    <t>lower altitude zone</t>
   </si>
   <si>
-    <t>alte quote</t>
+    <t>higher altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2306832/615695</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+      <t xml:space="preserve">diameter at breast height (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">circondario forestale (2023)</t>
+      <t xml:space="preserve">forest district (2023)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2777</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i circondari forestali come unità. Questa variabile si basa sull'inchiesta presso i servizi forestali cantonali effettuata nell’inverno 2022/2023.</t>
+    <t>Regional demarcation with the forest districts as a unit. This variable is based on a survey of the cantonal forest services in winter 2022/2023.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1029,52 +1029,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:GH80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -29788,51 +29788,51 @@
         <v>0</v>
       </c>
       <c r="GF60" s="6" t="s">
         <v>108</v>
       </c>
       <c r="GG60" s="6">
         <v>415143</v>
       </c>
       <c r="GH60" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:190" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2306832/615695</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
@@ -30006,226 +30006,226 @@
       <c r="FX61" s="3"/>
       <c r="FY61" s="3"/>
       <c r="FZ61" s="3"/>
       <c r="GA61" s="3"/>
       <c r="GB61" s="3"/>
       <c r="GC61" s="3"/>
       <c r="GD61" s="3"/>
       <c r="GE61" s="3"/>
       <c r="GF61" s="3"/>
       <c r="GG61" s="3"/>
       <c r="GH61" s="3"/>
     </row>
     <row r="64" spans="1:190">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:190" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="67" spans="1:190">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:190" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="70" spans="1:190">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
+            <t xml:space="preserve">diameter at breast height (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:190" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:190">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">circondario forestale (2023)</t>
+            <t xml:space="preserve">forest district (2023)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2777</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:190" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:190">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:190" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="79" spans="1:190">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:190" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>134</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:GH1"/>
     <mergeCell ref="A2:GH2"/>