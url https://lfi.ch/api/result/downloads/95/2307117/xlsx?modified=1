--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza · proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial) · ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...17 lines deleted...]
-    <t>bosco puro di latifoglie</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307117/412767</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2087,270 +2087,270 @@
         <v>37808</v>
       </c>
       <c r="N36" s="6">
         <v>5</v>
       </c>
       <c r="O36" s="6">
         <v>391986</v>
       </c>
       <c r="P36" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="21.75">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307117/412767</t>
           </r>
         </is>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
       <c r="P37" s="3"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:16" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="47" spans="1:16" customHeight="1" ht="29">
       <c r="A47" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="50" spans="1:16" customHeight="1" ht="29">
       <c r="A50" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>