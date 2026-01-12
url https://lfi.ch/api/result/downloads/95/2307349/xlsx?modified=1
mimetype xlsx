--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (main diameter classes) · conifers and broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Vorrat (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Brusthöhendurchmesser (Stärkeklassen) · Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Brusthöhendurchmesser (Stärkeklassen)</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-23 cm</t>
   </si>
   <si>
     <t>24-35 cm</t>
   </si>
   <si>
     <t>36-51 cm</t>
   </si>
   <si>
     <t>=52 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307349/416260</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">growing stock (stemwood)</t>
+      <t xml:space="preserve">Vorrat (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
+      <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1029</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of trees and shrubs ≥12 cm dbh, classified in main diameter classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD nach Stärkeklasse. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2626,270 +2626,270 @@
         <v>100.0</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O47" s="7">
         <v>100.0</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307349/416260</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">growing stock (stemwood)</t>
+            <t xml:space="preserve">Vorrat (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (main diameter classes)</t>
+            <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1029</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>