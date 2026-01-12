--- v1 (2026-01-12)
+++ v2 (2026-01-12)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Brusthöhendurchmesser (Stärkeklassen) · Nadelholz, Laubholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>provvigione (legno del fusto)</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi dimensionali) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (classi dimensionali)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>12-15 cm</t>
   </si>
   <si>
     <t>16-23 cm</t>
   </si>
   <si>
     <t>24-35 cm</t>
   </si>
   <si>
     <t>36-51 cm</t>
   </si>
   <si>
     <t>=52 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307349/416260</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">provvigione (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (classi dimensionali)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1029</t>
     </r>
   </si>
   <si>
-    <t>Brusthöhendurchmesser (BHD) der Bäume und Sträucher ab 12 cm BHD nach Stärkeklasse. Grundlage: Feldaufnahme (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU suddiviso per classi dimensionali. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2626,270 +2626,270 @@
         <v>100.0</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>21</v>
       </c>
       <c r="O47" s="7">
         <v>100.0</v>
       </c>
       <c r="P47" s="7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307349/416260</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">provvigione (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Brusthöhendurchmesser (Stärkeklassen)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (classi dimensionali)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1029</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>