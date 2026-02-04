--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI4–NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata dovuta agli insetti</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1000 m³/yr</t>
+      <t xml:space="preserve">: 1000 m³/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>change 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>1000 m³/yr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 m³/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307451/427114</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">sanitary/salvage fellings due to insects</t>
+      <t xml:space="preserve">utilizzazione forzata dovuta agli insetti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #89</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all trees and shrubs with a diameter at breast height (dbh) ≥12 cm with bark that were not removed from the forest as part of silvicultural planning, but because they had been damaged by insects between two inventories. The variable is derived at the sample plot level from the harvested tally trees and the proportion of sanitary/salvage fellings (according to information provided by the foresters).</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni causati da insetti. Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,102 +784,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -3149,51 +3149,51 @@
         <v>107</v>
       </c>
       <c r="AY24" s="6">
         <v>39</v>
       </c>
       <c r="AZ24" s="6">
         <v>958</v>
       </c>
       <c r="BA24" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307451/427114</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">sanitary/salvage fellings due to insects</t>
+            <t xml:space="preserve">utilizzazione forzata dovuta agli insetti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #89</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>