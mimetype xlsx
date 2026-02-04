--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>Höhenlage (400-m-Klassen)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>incremento netto</t>
+  </si>
+  <si>
+    <t>quota (classi di 400 m)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...50 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;1800 m</t>
   </si>
   <si>
     <t>1401-1800 m</t>
   </si>
   <si>
-    <t xml:space="preserve">1001-1400 m </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">601-1000 m </t>
+    <t>1001-1400 m</t>
+  </si>
+  <si>
+    <t>601-1000 m</t>
   </si>
   <si>
     <t>≤600 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307725/418751</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nettozuwachs</t>
+      <t xml:space="preserve">incremento netto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #80</t>
     </r>
   </si>
   <si>
-    <t>Zunahme des Schaftholzvolumens in Rinde der zwischen zwei Inventuren überlebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), das Schaftholzvolumen in Rinde aller eingewachsenen Bäume und Sträucher und die modellierte Zunahme des Schaftholzvolumens in Rinde der Abgänge während der halben Inventurperiode minus das Volumen der Mortalität. Der Nettozuwachs entspricht so dem Zuwachs (=Bruttozuwachs) abzüglich des Volumens der Mortalität.</t>
+    <t>Aumento del volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm sopravissuti tra due inventari, il volume di legno del fusto con corteccia di tutti gli alberi e arbusti che hanno superato la soglia di cavallettamento e l'aumento modellizzato del volume di legno del fusto con corteccia degli alberi e arbusti scomparsi durante la metà del periodo di inventario, dopo aver sottratto il volume della mortalità. L'incremento netto corrisponde all'incremento (incremento lordo) dopo aver sottratto il volume della mortalità.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+      <t xml:space="preserve">quota (classi di 400 m)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #963</t>
     </r>
   </si>
   <si>
-    <t>Höhe über Meer in Klassen zu 400 m. Grundlage: digitales Höhenmodell DHM 25 von Swisstopo</t>
+    <t>Altitudine sopra il livello del mare in classi di 400 m. Fonte: modello digitale DHM 25 di Swisstopo.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -1680,51 +1680,51 @@
         <v>3.6</v>
       </c>
       <c r="AC19" s="6">
         <v>13</v>
       </c>
       <c r="AD19" s="6">
         <v>6.8</v>
       </c>
       <c r="AE19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:31" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307725/418751</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -1740,191 +1740,191 @@
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
       <c r="Z20" s="3"/>
       <c r="AA20" s="3"/>
       <c r="AB20" s="3"/>
       <c r="AC20" s="3"/>
       <c r="AD20" s="3"/>
       <c r="AE20" s="3"/>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nettozuwachs</t>
+            <t xml:space="preserve">incremento netto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #80</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Höhenlage (400-m-Klassen)</t>
+            <t xml:space="preserve">quota (classi di 400 m)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #963</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>