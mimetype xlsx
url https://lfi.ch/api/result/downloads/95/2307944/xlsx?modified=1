--- v0 (2026-01-25)
+++ v1 (2026-03-17)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der lebenden Bäume, oberirdisch</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2307944/595582</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of living trees, aboveground</t>
+      <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #19</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the aboveground parts of living trees and shrubs with a diameter at breast height (dbh) ≥12 cm. The tree parts included are: stemwood, branchwood and needles/leaves.</t>
+    <t>Trockengewicht (Masse) der oberirdischen Teile der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Dieses setzt sich aus den Baumteilen Schaftholz, Astholz und Nadeln/Blätter zusammen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>153.1</v>
       </c>
       <c r="K17" s="6">
         <v>4</v>
       </c>
       <c r="L17" s="6">
         <v>190.4</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2307944/595582</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of living trees, aboveground</t>
+            <t xml:space="preserve">Biomasse der lebenden Bäume, oberirdisch</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #19</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>