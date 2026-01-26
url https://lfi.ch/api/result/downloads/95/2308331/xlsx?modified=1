--- v0 (2025-12-04)
+++ v1 (2026-01-26)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>masse du bois de tige des arbres vifs</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308331/596092</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stemwood mass of living trees</t>
+      <t xml:space="preserve">masse du bois de tige des arbres vifs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #50</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stemwood with bark of the living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Poids sec (masse) du bois de tige en écorce des arbres et arbustes vifs d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308331/596092</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stemwood mass of living trees</t>
+            <t xml:space="preserve">masse du bois de tige des arbres vifs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #50</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>