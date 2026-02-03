--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>stemwood mass of living trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308353/596132</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schaftholzmasse der lebenden Bäume</t>
+      <t xml:space="preserve">stemwood mass of living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #50</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) des Schaftholzes in Rinde der lebenden Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Dry weight (mass) of the stemwood with bark of the living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>125.3</v>
       </c>
       <c r="K17" s="6">
         <v>4</v>
       </c>
       <c r="L17" s="6">
         <v>154.5</v>
       </c>
       <c r="M17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308353/596132</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schaftholzmasse der lebenden Bäume</t>
+            <t xml:space="preserve">stemwood mass of living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #50</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>