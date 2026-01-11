--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,200 +14,200 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>specie arborea (56 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>tree species (56 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...23 lines deleted...]
-    <t>Svizzera</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>Abies alba</t>
   </si>
   <si>
     <t>Larix decidua, Larix kaempferi</t>
   </si>
   <si>
     <t>Picea abies</t>
   </si>
   <si>
     <t>Pinus cembra</t>
   </si>
   <si>
     <t>Pinus mugo subsp. uncinata</t>
   </si>
   <si>
     <t>Pinus mugo subsp. mugo</t>
   </si>
   <si>
     <t>Pinus nigra</t>
   </si>
   <si>
     <t>Pinus strobus</t>
   </si>
   <si>
     <t>Pinus sylvestris</t>
   </si>
   <si>
     <t>Pseudotsuga menziesii</t>
   </si>
   <si>
     <t>Taxus baccata</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>Acer opalus</t>
   </si>
   <si>
     <t>Acer platanoides</t>
   </si>
   <si>
     <t>Acer pseudoplatanus</t>
   </si>
   <si>
     <t>Aesculus hippocastanum</t>
   </si>
   <si>
     <t>Alnus glutinosa</t>
   </si>
   <si>
     <t>Alnus incana</t>
   </si>
   <si>
     <t>Alnus viridis</t>
   </si>
@@ -232,288 +232,288 @@
   <si>
     <t>Fraxinus ornus</t>
   </si>
   <si>
     <t>Ilex aquifolium</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
     <t>Laburnum anagyroides</t>
   </si>
   <si>
     <t>Malus sylvestris</t>
   </si>
   <si>
     <t>Ostrya carpinifolia</t>
   </si>
   <si>
     <t>Populus alba, Populus x canescens</t>
   </si>
   <si>
     <t>Populus nigra s.l.</t>
   </si>
   <si>
-    <t>Populus (altr)</t>
+    <t>Populus (others)</t>
   </si>
   <si>
     <t>Populus tremula</t>
   </si>
   <si>
     <t>Prunus avium</t>
   </si>
   <si>
     <t>Prunus padus</t>
   </si>
   <si>
     <t>Pyrus communis, Pyrus pyraster</t>
   </si>
   <si>
     <t>Quercus cerris</t>
   </si>
   <si>
     <t>Quercus petraea</t>
   </si>
   <si>
     <t>Quercus pubescens</t>
   </si>
   <si>
     <t>Quercus robur</t>
   </si>
   <si>
     <t>Quercus rubra</t>
   </si>
   <si>
     <t>Robinia pseudoacacia</t>
   </si>
   <si>
-    <t>Salix (altri)</t>
+    <t>Salix (others)</t>
   </si>
   <si>
     <t>Sorbus aria</t>
   </si>
   <si>
     <t>Sorbus aucuparia</t>
   </si>
   <si>
     <t>Sorbus torminalis</t>
   </si>
   <si>
     <t>Tilia cordata</t>
   </si>
   <si>
     <t>Tilia platyphyllos</t>
   </si>
   <si>
     <t>Ulmus glabra</t>
   </si>
   <si>
     <t>Ulmus minor</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>other shrubs</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308372/399267</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea (56 classi)</t>
+      <t xml:space="preserve">tree species (56 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2207</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in 56 classi. Le specie (gruppi di specie) non esplicitamente elencate sono riportate nelle classi «altre conifere», «altre latifoglie» e «altri arbusti». Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) – in 56 classes. The species (or species groups) not explicitly listed are subsumed in the classes «other conifers», «other broadleaved trees» and «other shrubs». Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3758,235 +3758,235 @@
         <v>100.0</v>
       </c>
       <c r="M70" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N70" s="6">
         <v>100.0</v>
       </c>
       <c r="O70" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:15" customHeight="1" ht="21.75">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308372/399267</t>
           </r>
         </is>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3"/>
       <c r="D71" s="3"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
       <c r="N71" s="3"/>
       <c r="O71" s="3"/>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="75" spans="1:15" customHeight="1" ht="29">
       <c r="A75" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea (56 classi)</t>
+            <t xml:space="preserve">tree species (56 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2207</t>
           </r>
         </is>
       </c>
     </row>
     <row r="78" spans="1:15" customHeight="1" ht="29">
       <c r="A78" s="1" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="81" spans="1:15" customHeight="1" ht="29">
       <c r="A81" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="84" spans="1:15" customHeight="1" ht="29">
       <c r="A84" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:15" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>