--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort (bois de tige)</t>
+  </si>
+  <si>
+    <t>essence (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308826/450273</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
+      <t xml:space="preserve">volume de bois mort (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Volume de bois de tige en écorce de tous les arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">essence (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1258,235 +1258,235 @@
         <v>4190</v>
       </c>
       <c r="M20" s="6">
         <v>9</v>
       </c>
       <c r="N20" s="6">
         <v>35956</v>
       </c>
       <c r="O20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308826/450273</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
+            <t xml:space="preserve">volume de bois mort (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">essence (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>