--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort (bois de tige)</t>
+  </si>
+  <si>
+    <t>essence (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...14 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308830/450284</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of deadwood (stemwood)</t>
+      <t xml:space="preserve">volume de bois mort (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Volume de bois de tige en écorce de tous les arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">essence (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>4573</v>
       </c>
       <c r="M20" s="6">
         <v>8</v>
       </c>
       <c r="N20" s="6">
         <v>38491</v>
       </c>
       <c r="O20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308830/450284</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of deadwood (stemwood)</t>
+            <t xml:space="preserve">volume de bois mort (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">essence (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>