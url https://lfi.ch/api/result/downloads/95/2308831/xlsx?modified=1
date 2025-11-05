--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Baumart (5 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort (bois de tige)</t>
+  </si>
+  <si>
+    <t>essence (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2308831/450286</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
+      <t xml:space="preserve">volume de bois mort (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Volume de bois de tige en écorce de tous les arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Baumart (5 Klassen)</t>
+      <t xml:space="preserve">essence (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1193,233 +1193,233 @@
         <v>4573</v>
       </c>
       <c r="K20" s="6">
         <v>8</v>
       </c>
       <c r="L20" s="6">
         <v>38491</v>
       </c>
       <c r="M20" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2308831/450286</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
+            <t xml:space="preserve">volume de bois mort (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Baumart (5 Klassen)</t>
+            <t xml:space="preserve">essence (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>