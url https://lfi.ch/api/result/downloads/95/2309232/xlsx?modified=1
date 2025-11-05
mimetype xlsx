--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree species (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume de bois mort (bois de tige)</t>
+  </si>
+  <si>
+    <t>essence (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...14 lines deleted...]
-    <t>indeterminable</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2309232/450192</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of deadwood (stemwood)</t>
+      <t xml:space="preserve">volume de bois mort (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Volume de bois de tige en écorce de tous les arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree species (5 classes)</t>
+      <t xml:space="preserve">essence (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh). The three most common species or species groups in Switzerland (spruce - Picea spp.; fir - Abies spp.; beech - Fagus sylvatica) are in individual classes, while the remaining species are classified as «other conifers» or «other broadleaves». Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2309232/450192</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of deadwood (stemwood)</t>
+            <t xml:space="preserve">volume de bois mort (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree species (5 classes)</t>
+            <t xml:space="preserve">essence (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>