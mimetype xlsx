--- v1 (2025-11-05)
+++ v2 (2026-03-07)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>essence (5 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Baumart (5 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région de production</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Suisse</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>Fichte</t>
+  </si>
+  <si>
+    <t>Tanne</t>
+  </si>
+  <si>
+    <t>übrige Nadelhölzer</t>
+  </si>
+  <si>
+    <t>Buche</t>
+  </si>
+  <si>
+    <t>übrige Laubhölzer</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2309232/450192</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume de bois mort (bois de tige)</t>
+      <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
+    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence (5 classes)</t>
+      <t xml:space="preserve">Baumart (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1157</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes distinctes pour les trois espèces ou groupes d'espèces les plus fréquents en Suisse (épicéa - Picea spp.; sapin - Abies spp.; hêtre - Fagus sylvatica) et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die drei allerhäufigsten Arten bzw. Artengruppen der Schweiz (Fichte - Picea spp.; Tanne - Abies spp.; Buche - Fagus sylvatica) und den Klassen «übrige Nadelhölzer» und «übrige Laubhölzer» für die restlichen Arten. Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1193,233 +1193,233 @@
         <v>100.0</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="6">
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2309232/450192</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume de bois mort (bois de tige)</t>
+            <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence (5 classes)</t>
+            <t xml:space="preserve">Baumart (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1157</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>