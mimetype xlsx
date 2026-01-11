--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of mixture (terrestrial)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>provvigione (legno del fusto)</t>
+  </si>
+  <si>
+    <t>grado di mescolanza</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>bosco puro di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di conifere</t>
+  </si>
+  <si>
+    <t>bosco misto di latifoglie</t>
+  </si>
+  <si>
+    <t>bosco puro di latifoglie</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2310610/479120</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">growing stock (stemwood)</t>
+      <t xml:space="preserve">provvigione (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of mixture (terrestrial)</t>
+      <t xml:space="preserve">grado di mescolanza</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
+    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2310610/479120</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">growing stock (stemwood)</t>
+            <t xml:space="preserve">provvigione (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of mixture (terrestrial)</t>
+            <t xml:space="preserve">grado di mescolanza</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>