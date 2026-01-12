--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di mescolanza</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
-[...14 lines deleted...]
-    <t>totale</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2310613/479452</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di mescolanza</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Quota delle specie arboree di latifoglie e di conifere che costituiscono un popolamento, definita in base alla loro proporzione in area basimetrica suddivisa in quattro classi: conifere pure: 91-100% alberi di conifere, conifere miste : 51-90% alberi di conifere, latifoglie miste: 11-50% alberi di conifere, latifoglie pure: 0-10% alberi di conifere. Fonte: rilievo sul terreno (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1155,235 +1155,235 @@
         <v>43386</v>
       </c>
       <c r="M18" s="6">
         <v>4</v>
       </c>
       <c r="N18" s="6">
         <v>420409</v>
       </c>
       <c r="O18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2310613/479452</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di mescolanza</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>