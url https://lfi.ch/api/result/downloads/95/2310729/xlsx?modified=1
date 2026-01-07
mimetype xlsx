--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume des arbres vifs (bois de tige)</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2310729/480644</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">volume des arbres vifs (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Volume de bois de tige en écorce des arbres et arbustes vifs (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Au plan international, il correspond au «growing stock».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>265.2</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
       <c r="N16" s="6">
         <v>347.0</v>
       </c>
       <c r="O16" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2310729/480644</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">volume des arbres vifs (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>