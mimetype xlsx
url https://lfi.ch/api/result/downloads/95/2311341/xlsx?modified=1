--- v0 (2026-01-10)
+++ v1 (2026-01-12)
@@ -14,385 +14,385 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>alte/basse quote · proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone · ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...36 lines deleted...]
-    <t>proprietà (2 classi)</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...11 lines deleted...]
-    <t>alte quote</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311341/480148</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">provvigione (legno del fusto)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">alte/basse quote</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -744,52 +744,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1693,270 +1693,270 @@
         <v>313.2</v>
       </c>
       <c r="N28" s="6">
         <v>4</v>
       </c>
       <c r="O28" s="6">
         <v>373.5</v>
       </c>
       <c r="P28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:16" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311341/480148</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
       <c r="P29" s="3"/>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">provvigione (legno del fusto)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">alte/basse quote</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:16" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:16" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:16" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>