--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Mischungsgrad (terrestrisch)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>degree of mixture (terrestrial)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>pure conifer forest</t>
+  </si>
+  <si>
+    <t>mixed conifer forest</t>
+  </si>
+  <si>
+    <t>mixed broadleaf forest</t>
+  </si>
+  <si>
+    <t>pure broadleaf forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2311387/479108</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+      <t xml:space="preserve">degree of mixture (terrestrial)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #22</t>
     </r>
   </si>
   <si>
-    <t>Anteile der am Bestandesaufbau beteiligten Nadel- und Laubbäume, definiert über ihren Basalflächenanteil in vier Klassen: Nadelwald rein: 91–100 % Nadelbäume, Nadelwald gemischt: 51–90 % Nadelbäume, Laubwald gemischt: 11–50 % Nadelbäume und Laubwald rein: 0–10 % Nadelbäume. Grundlage: Feldaufnahme (MID 265: Mischungsgrad)</t>
+    <t>Proportions of conifers and broadleaves making up the stand structure, classified according to their proportional basal areas into four classes: pure conifer forest: 91-100 % conifers, mixed conifer forest: 51-90 % conifers, mixed broadleaved forest: 11-50 % conifers and pure broadleaved forest: 0-10 % conifers. Reference: Field Survey (MID 265: Mischungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>24</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2311387/479108</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Mischungsgrad (terrestrisch)</t>
+            <t xml:space="preserve">degree of mixture (terrestrial)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #22</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>