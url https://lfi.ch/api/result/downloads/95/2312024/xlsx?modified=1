--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -14,442 +14,442 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>growing stock (stemwood)</t>
+    <t>provvigione (legno del fusto)</t>
   </si>
   <si>
-    <t>higher/lower altitude zone · main tree species</t>
+    <t>alte/basse quote · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>regione economica</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Giura Ovest</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Giura Est</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Altopiano Ovest</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Altopiano Centro</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Altopiano Est</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Prealpi Ovest</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Prealpi Centro</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Prealpi Est</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi Nord-Ovest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpi Centro</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi Nord-Est</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpi Sud-Ovest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi Sud-Est</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>higher/lower altitude zone</t>
+    <t>alte/basse quote</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
+    <t>basse quote</t>
   </si>
   <si>
-    <t>higher altitude zone</t>
+    <t>alte quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312024/503148</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">growing stock (stemwood)</t>
+      <t xml:space="preserve">provvigione (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -801,52 +801,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -6854,51 +6854,51 @@
         <v>265.2</v>
       </c>
       <c r="AD72" s="6">
         <v>4</v>
       </c>
       <c r="AE72" s="6">
         <v>347.0</v>
       </c>
       <c r="AF72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:32" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312024/503148</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
@@ -6914,226 +6914,226 @@
       <c r="V73" s="3"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
       <c r="AF73" s="3"/>
     </row>
     <row r="76" spans="1:32">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">growing stock (stemwood)</t>
+            <t xml:space="preserve">provvigione (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:32" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="79" spans="1:32">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:32" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="82" spans="1:32">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:32" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="85" spans="1:32">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:32" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="88" spans="1:32">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:32" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="91" spans="1:32">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:32" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>