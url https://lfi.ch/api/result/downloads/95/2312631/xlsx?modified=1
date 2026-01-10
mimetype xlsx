--- v0 (2025-11-04)
+++ v1 (2026-01-10)
@@ -14,392 +14,392 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312631/513295</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -751,51 +751,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2170,51 +2170,51 @@
         <v>41636</v>
       </c>
       <c r="AC24" s="6">
         <v>4</v>
       </c>
       <c r="AD24" s="6">
         <v>415143</v>
       </c>
       <c r="AE24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312631/513295</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -2230,191 +2230,191 @@
       <c r="U25" s="3"/>
       <c r="V25" s="3"/>
       <c r="W25" s="3"/>
       <c r="X25" s="3"/>
       <c r="Y25" s="3"/>
       <c r="Z25" s="3"/>
       <c r="AA25" s="3"/>
       <c r="AB25" s="3"/>
       <c r="AC25" s="3"/>
       <c r="AD25" s="3"/>
       <c r="AE25" s="3"/>
     </row>
     <row r="28" spans="1:31">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:31" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>