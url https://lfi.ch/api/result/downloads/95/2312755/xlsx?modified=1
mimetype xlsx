--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -12,393 +12,390 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...7 lines deleted...]
-    <t>tree state (living/dead) · conifers and broadleaves</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+  <si>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>volume total de bois (bois de tige)</t>
+  </si>
+  <si>
+    <t>état de l'arbre (vif/mort) · résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...17 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>état de l'arbre (vif/mort)</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t xml:space="preserve"> n/a</t>
-[...2 lines deleted...]
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>living</t>
-[...2 lines deleted...]
-    <t>dead</t>
+    <t>vif</t>
+  </si>
+  <si>
+    <t>mort</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312755/514135</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total wood volume (stemwood)</t>
+      <t xml:space="preserve">volume total de bois (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark. The total wood volume is the sum of the growing stock and deadwood volumes.</t>
+    <t>Volume de bois de tige en écorce de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le volume total de bois correspond à la somme du volume de bois et du volume de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree state (living/dead)</t>
+      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -915,1265 +912,1265 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="6">
         <v>52.3</v>
       </c>
       <c r="D19" s="6">
         <v>1.6</v>
       </c>
       <c r="E19" s="6">
         <v>51.4</v>
       </c>
       <c r="F19" s="6">
         <v>1.6</v>
       </c>
       <c r="G19" s="6">
         <v>67.0</v>
       </c>
       <c r="H19" s="6">
         <v>1.2</v>
       </c>
       <c r="I19" s="6">
         <v>80.2</v>
       </c>
       <c r="J19" s="6">
         <v>1.6</v>
       </c>
       <c r="K19" s="6">
         <v>83.9</v>
       </c>
       <c r="L19" s="6">
         <v>1.3</v>
       </c>
       <c r="M19" s="6">
         <v>48.3</v>
       </c>
       <c r="N19" s="6">
         <v>2.4</v>
       </c>
       <c r="O19" s="6">
         <v>62.2</v>
       </c>
       <c r="P19" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="6">
         <v>39.7</v>
       </c>
       <c r="D20" s="6">
         <v>1.5</v>
       </c>
       <c r="E20" s="6">
         <v>43.8</v>
       </c>
       <c r="F20" s="6">
         <v>1.6</v>
       </c>
       <c r="G20" s="6">
         <v>23.3</v>
       </c>
       <c r="H20" s="6">
         <v>1.1</v>
       </c>
       <c r="I20" s="6">
         <v>8.0</v>
       </c>
       <c r="J20" s="6">
         <v>1.2</v>
       </c>
       <c r="K20" s="6">
         <v>7.5</v>
       </c>
       <c r="L20" s="6">
         <v>1.1</v>
       </c>
       <c r="M20" s="6">
         <v>41.8</v>
       </c>
       <c r="N20" s="6">
         <v>2.4</v>
       </c>
       <c r="O20" s="6">
         <v>29.4</v>
       </c>
       <c r="P20" s="6">
         <v>0.6</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C22" s="6">
         <v>92.1</v>
       </c>
       <c r="D22" s="6">
         <v>0.7</v>
       </c>
       <c r="E22" s="6">
         <v>95.2</v>
       </c>
       <c r="F22" s="6">
         <v>0.4</v>
       </c>
       <c r="G22" s="6">
         <v>90.3</v>
       </c>
       <c r="H22" s="6">
         <v>0.5</v>
       </c>
       <c r="I22" s="6">
         <v>88.3</v>
       </c>
       <c r="J22" s="6">
         <v>0.9</v>
       </c>
       <c r="K22" s="6">
         <v>91.3</v>
       </c>
       <c r="L22" s="6">
         <v>0.8</v>
       </c>
       <c r="M22" s="6">
         <v>90.1</v>
       </c>
       <c r="N22" s="6">
         <v>0.7</v>
       </c>
       <c r="O22" s="6">
         <v>91.6</v>
       </c>
       <c r="P22" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C24" s="6">
         <v>5.3</v>
       </c>
       <c r="D24" s="6">
         <v>0.6</v>
       </c>
       <c r="E24" s="6">
         <v>3.1</v>
       </c>
       <c r="F24" s="6">
         <v>0.3</v>
       </c>
       <c r="G24" s="6">
         <v>8.0</v>
       </c>
       <c r="H24" s="6">
         <v>0.5</v>
       </c>
       <c r="I24" s="6">
         <v>10.9</v>
       </c>
       <c r="J24" s="6">
         <v>0.9</v>
       </c>
       <c r="K24" s="6">
         <v>7.8</v>
       </c>
       <c r="L24" s="6">
         <v>0.7</v>
       </c>
       <c r="M24" s="6">
         <v>4.8</v>
       </c>
       <c r="N24" s="6">
         <v>0.6</v>
       </c>
       <c r="O24" s="6">
         <v>6.3</v>
       </c>
       <c r="P24" s="6">
         <v>0.2</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C25" s="6">
         <v>2.6</v>
       </c>
       <c r="D25" s="6">
         <v>0.3</v>
       </c>
       <c r="E25" s="6">
         <v>1.7</v>
       </c>
       <c r="F25" s="6">
         <v>0.2</v>
       </c>
       <c r="G25" s="6">
         <v>1.7</v>
       </c>
       <c r="H25" s="6">
         <v>0.2</v>
       </c>
       <c r="I25" s="6">
         <v>0.8</v>
       </c>
       <c r="J25" s="6">
         <v>0.2</v>
       </c>
       <c r="K25" s="6">
         <v>0.9</v>
       </c>
       <c r="L25" s="6">
         <v>0.2</v>
       </c>
       <c r="M25" s="6">
         <v>5.1</v>
       </c>
       <c r="N25" s="6">
         <v>0.5</v>
       </c>
       <c r="O25" s="6">
         <v>2.0</v>
       </c>
       <c r="P25" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6">
         <v>0.0</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6">
         <v>0.0</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6">
         <v>0.0</v>
       </c>
       <c r="I26" s="6">
         <v>0.0</v>
       </c>
       <c r="J26" s="6">
         <v>0.0</v>
       </c>
       <c r="K26" s="6">
         <v>0.0</v>
       </c>
       <c r="L26" s="6">
         <v>0.0</v>
       </c>
       <c r="M26" s="6">
         <v>0.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O26" s="6">
         <v>0.0</v>
       </c>
       <c r="P26" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C27" s="6">
         <v>7.9</v>
       </c>
       <c r="D27" s="6">
         <v>0.7</v>
       </c>
       <c r="E27" s="6">
         <v>4.8</v>
       </c>
       <c r="F27" s="6">
         <v>0.4</v>
       </c>
       <c r="G27" s="6">
         <v>9.7</v>
       </c>
       <c r="H27" s="6">
         <v>0.5</v>
       </c>
       <c r="I27" s="6">
         <v>11.7</v>
       </c>
       <c r="J27" s="6">
         <v>0.9</v>
       </c>
       <c r="K27" s="6">
         <v>8.7</v>
       </c>
       <c r="L27" s="6">
         <v>0.8</v>
       </c>
       <c r="M27" s="6">
         <v>9.9</v>
       </c>
       <c r="N27" s="6">
         <v>0.7</v>
       </c>
       <c r="O27" s="6">
         <v>8.4</v>
       </c>
       <c r="P27" s="6">
         <v>0.3</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C29" s="6">
         <v>57.6</v>
       </c>
       <c r="D29" s="6">
         <v>1.6</v>
       </c>
       <c r="E29" s="6">
         <v>54.5</v>
       </c>
       <c r="F29" s="6">
         <v>1.6</v>
       </c>
       <c r="G29" s="6">
         <v>75.1</v>
       </c>
       <c r="H29" s="6">
         <v>1.2</v>
       </c>
       <c r="I29" s="6">
         <v>91.1</v>
       </c>
       <c r="J29" s="6">
         <v>1.3</v>
       </c>
       <c r="K29" s="6">
         <v>91.6</v>
       </c>
       <c r="L29" s="6">
         <v>1.2</v>
       </c>
       <c r="M29" s="6">
         <v>53.1</v>
       </c>
       <c r="N29" s="6">
         <v>2.6</v>
       </c>
       <c r="O29" s="6">
         <v>68.6</v>
       </c>
       <c r="P29" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>42.4</v>
       </c>
       <c r="D30" s="6">
         <v>1.6</v>
       </c>
       <c r="E30" s="6">
         <v>45.5</v>
       </c>
       <c r="F30" s="6">
         <v>1.6</v>
       </c>
       <c r="G30" s="6">
         <v>24.9</v>
       </c>
       <c r="H30" s="6">
         <v>1.2</v>
       </c>
       <c r="I30" s="6">
         <v>8.9</v>
       </c>
       <c r="J30" s="6">
         <v>1.3</v>
       </c>
       <c r="K30" s="6">
         <v>8.3</v>
       </c>
       <c r="L30" s="6">
         <v>1.2</v>
       </c>
       <c r="M30" s="6">
         <v>46.9</v>
       </c>
       <c r="N30" s="6">
         <v>2.6</v>
       </c>
       <c r="O30" s="6">
         <v>31.4</v>
       </c>
       <c r="P30" s="6">
         <v>0.7</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6">
         <v>0.0</v>
       </c>
       <c r="E31" s="6">
         <v>0.0</v>
       </c>
       <c r="F31" s="6">
         <v>0.0</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6">
         <v>0.0</v>
       </c>
       <c r="I31" s="6">
         <v>0.0</v>
       </c>
       <c r="J31" s="6">
         <v>0.0</v>
       </c>
       <c r="K31" s="6">
         <v>0.0</v>
       </c>
       <c r="L31" s="6">
         <v>0.0</v>
       </c>
       <c r="M31" s="6">
         <v>0.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O31" s="6">
         <v>0.0</v>
       </c>
       <c r="P31" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C32" s="6">
         <v>100.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E32" s="6">
         <v>100.0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G32" s="6">
         <v>100.0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I32" s="6">
         <v>100.0</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K32" s="6">
         <v>100.0</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M32" s="6">
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312755/514135</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total wood volume (stemwood)</t>
+            <t xml:space="preserve">volume total de bois (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree state (living/dead)</t>
+            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:P33"/>