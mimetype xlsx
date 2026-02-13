--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -17,385 +17,385 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>volume totale di legno (legno del fusto)</t>
-[...2 lines deleted...]
-    <t>stato dell'albero (vivo/morto) · conifere e latifoglie</t>
+    <t>volume total de bois (bois de tige)</t>
+  </si>
+  <si>
+    <t>état de l'arbre (vif/mort) · résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>état de l'arbre (vif/mort)</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...14 lines deleted...]
-    <t>morto</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>vif</t>
+  </si>
+  <si>
+    <t>mort</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312769/513899</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume totale di legno (legno del fusto)</t>
+      <t xml:space="preserve">volume total de bois (bois de tige)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Volume legnoso del fusto con corteccia di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il volume totale di legno corrisponde alla somma della provvigione e del volume di legno morto.</t>
+    <t>Volume de bois de tige en écorce de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le volume total de bois correspond à la somme du volume de bois et du volume de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
+      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312769/513899</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume totale di legno (legno del fusto)</t>
+            <t xml:space="preserve">volume total de bois (bois de tige)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
+            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>