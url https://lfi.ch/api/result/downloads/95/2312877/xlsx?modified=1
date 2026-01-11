--- v0 (2026-01-11)
+++ v1 (2026-01-11)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen) · Hochlagen/Tieflagen</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>provvigione (legno del fusto)</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi) · alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...53 lines deleted...]
-    <t>Hochlagen/Tieflagen</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Tieflagen</t>
-[...11 lines deleted...]
-    <t>privat</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2312877/501801</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">provvigione (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hochlagen/Tieflagen</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Gebiete in höheren und tieferen Lagen, eingeteilt anhand der Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005). Die Grenze zwischen den Hochlagen und den Tieflagen verläuft auf der Alpennordseite zwischen den Stufen «obermontan» und «untermontan», auf der Alpensüdseite zwischen den Stufen «hochmontan» und «ober-/untermontan». Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2597,51 +2597,51 @@
         <v>265.2</v>
       </c>
       <c r="AD28" s="6">
         <v>4</v>
       </c>
       <c r="AE28" s="6">
         <v>347.0</v>
       </c>
       <c r="AF28" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:32" customHeight="1" ht="21.75">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2312877/501801</t>
           </r>
         </is>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
@@ -2657,226 +2657,226 @@
       <c r="V29" s="3"/>
       <c r="W29" s="3"/>
       <c r="X29" s="3"/>
       <c r="Y29" s="3"/>
       <c r="Z29" s="3"/>
       <c r="AA29" s="3"/>
       <c r="AB29" s="3"/>
       <c r="AC29" s="3"/>
       <c r="AD29" s="3"/>
       <c r="AE29" s="3"/>
       <c r="AF29" s="3"/>
     </row>
     <row r="32" spans="1:32">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">provvigione (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:32" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:32" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:32">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hochlagen/Tieflagen</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:32" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="42" spans="1:32" customHeight="1" ht="29">
       <c r="A42" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:32" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>