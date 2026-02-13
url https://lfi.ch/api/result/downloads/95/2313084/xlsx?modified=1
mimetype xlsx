--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -12,390 +12,393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
-[...7 lines deleted...]
-    <t>stato dell'albero (vivo/morto) · conifere e latifoglie</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total wood volume (stemwood)</t>
+  </si>
+  <si>
+    <t>tree state (living/dead) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>tree state (living/dead)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t xml:space="preserve"> n/a</t>
+  </si>
+  <si>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...14 lines deleted...]
-    <t>morto</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>living</t>
+  </si>
+  <si>
+    <t>dead</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2313084/514599</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume totale di legno (legno del fusto)</t>
+      <t xml:space="preserve">total wood volume (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Volume legnoso del fusto con corteccia di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il volume totale di legno corrisponde alla somma della provvigione e del volume di legno morto.</t>
+    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark. The total wood volume is the sum of the growing stock and deadwood volumes.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
+      <t xml:space="preserve">tree state (living/dead)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -912,969 +915,969 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>198.7</v>
       </c>
       <c r="D19" s="6">
         <v>4</v>
       </c>
       <c r="E19" s="6">
         <v>203.7</v>
       </c>
       <c r="F19" s="6">
         <v>4</v>
       </c>
       <c r="G19" s="6">
         <v>299.2</v>
       </c>
       <c r="H19" s="6">
         <v>3</v>
       </c>
       <c r="I19" s="6">
         <v>247.8</v>
       </c>
       <c r="J19" s="6">
         <v>6</v>
       </c>
       <c r="K19" s="6">
         <v>291.0</v>
       </c>
       <c r="L19" s="6">
         <v>4</v>
       </c>
       <c r="M19" s="6">
         <v>140.7</v>
       </c>
       <c r="N19" s="6">
         <v>8</v>
       </c>
       <c r="O19" s="6">
         <v>235.7</v>
       </c>
       <c r="P19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>151.0</v>
       </c>
       <c r="D20" s="6">
         <v>4</v>
       </c>
       <c r="E20" s="6">
         <v>173.6</v>
       </c>
       <c r="F20" s="6">
         <v>4</v>
       </c>
       <c r="G20" s="6">
         <v>103.9</v>
       </c>
       <c r="H20" s="6">
         <v>5</v>
       </c>
       <c r="I20" s="6">
         <v>24.8</v>
       </c>
       <c r="J20" s="6">
         <v>15</v>
       </c>
       <c r="K20" s="6">
         <v>25.9</v>
       </c>
       <c r="L20" s="6">
         <v>14</v>
       </c>
       <c r="M20" s="6">
         <v>121.6</v>
       </c>
       <c r="N20" s="6">
         <v>5</v>
       </c>
       <c r="O20" s="6">
         <v>111.3</v>
       </c>
       <c r="P20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C22" s="6">
         <v>349.7</v>
       </c>
       <c r="D22" s="6">
         <v>2</v>
       </c>
       <c r="E22" s="6">
         <v>377.3</v>
       </c>
       <c r="F22" s="6">
         <v>2</v>
       </c>
       <c r="G22" s="6">
         <v>403.1</v>
       </c>
       <c r="H22" s="6">
         <v>2</v>
       </c>
       <c r="I22" s="6">
         <v>272.6</v>
       </c>
       <c r="J22" s="6">
         <v>5</v>
       </c>
       <c r="K22" s="6">
         <v>316.9</v>
       </c>
       <c r="L22" s="6">
         <v>3</v>
       </c>
       <c r="M22" s="6">
         <v>262.2</v>
       </c>
       <c r="N22" s="6">
         <v>4</v>
       </c>
       <c r="O22" s="6">
         <v>347.0</v>
       </c>
       <c r="P22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>20.1</v>
       </c>
       <c r="D24" s="6">
         <v>11</v>
       </c>
       <c r="E24" s="6">
         <v>12.4</v>
       </c>
       <c r="F24" s="6">
         <v>11</v>
       </c>
       <c r="G24" s="6">
         <v>35.8</v>
       </c>
       <c r="H24" s="6">
         <v>6</v>
       </c>
       <c r="I24" s="6">
         <v>33.5</v>
       </c>
       <c r="J24" s="6">
         <v>9</v>
       </c>
       <c r="K24" s="6">
         <v>27.1</v>
       </c>
       <c r="L24" s="6">
         <v>10</v>
       </c>
       <c r="M24" s="6">
         <v>14.0</v>
       </c>
       <c r="N24" s="6">
         <v>14</v>
       </c>
       <c r="O24" s="6">
         <v>24.0</v>
       </c>
       <c r="P24" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C25" s="6">
         <v>9.9</v>
       </c>
       <c r="D25" s="6">
         <v>13</v>
       </c>
       <c r="E25" s="6">
         <v>6.6</v>
       </c>
       <c r="F25" s="6">
         <v>13</v>
       </c>
       <c r="G25" s="6">
         <v>7.4</v>
       </c>
       <c r="H25" s="6">
         <v>9</v>
       </c>
       <c r="I25" s="6">
         <v>2.6</v>
       </c>
       <c r="J25" s="6">
         <v>22</v>
       </c>
       <c r="K25" s="6">
         <v>3.0</v>
       </c>
       <c r="L25" s="6">
         <v>23</v>
       </c>
       <c r="M25" s="6">
         <v>15.0</v>
       </c>
       <c r="N25" s="6">
         <v>9</v>
       </c>
       <c r="O25" s="6">
         <v>7.7</v>
       </c>
       <c r="P25" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C26" s="6">
         <v>0.2</v>
       </c>
       <c r="D26" s="6">
         <v>92</v>
       </c>
       <c r="E26" s="6">
         <v>0.1</v>
       </c>
       <c r="F26" s="6">
         <v>100</v>
       </c>
       <c r="G26" s="6">
         <v>0.1</v>
       </c>
       <c r="H26" s="6">
         <v>92</v>
       </c>
       <c r="I26" s="6">
         <v>0.1</v>
       </c>
       <c r="J26" s="6">
         <v>100</v>
       </c>
       <c r="K26" s="6">
         <v>0.1</v>
       </c>
       <c r="L26" s="6">
         <v>100</v>
       </c>
       <c r="M26" s="6">
         <v>0.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O26" s="6">
         <v>0.1</v>
       </c>
       <c r="P26" s="6">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C27" s="6">
         <v>30.2</v>
       </c>
       <c r="D27" s="6">
         <v>9</v>
       </c>
       <c r="E27" s="6">
         <v>19.1</v>
       </c>
       <c r="F27" s="6">
         <v>8</v>
       </c>
       <c r="G27" s="6">
         <v>43.2</v>
       </c>
       <c r="H27" s="6">
         <v>5</v>
       </c>
       <c r="I27" s="6">
         <v>36.3</v>
       </c>
       <c r="J27" s="6">
         <v>8</v>
       </c>
       <c r="K27" s="6">
         <v>30.2</v>
       </c>
       <c r="L27" s="6">
         <v>9</v>
       </c>
       <c r="M27" s="6">
         <v>29.0</v>
       </c>
       <c r="N27" s="6">
         <v>8</v>
       </c>
       <c r="O27" s="6">
         <v>31.8</v>
       </c>
       <c r="P27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C29" s="6">
         <v>218.8</v>
       </c>
       <c r="D29" s="6">
         <v>4</v>
       </c>
       <c r="E29" s="6">
         <v>216.1</v>
       </c>
       <c r="F29" s="6">
         <v>4</v>
       </c>
       <c r="G29" s="6">
         <v>335.0</v>
       </c>
       <c r="H29" s="6">
         <v>3</v>
       </c>
       <c r="I29" s="6">
         <v>281.3</v>
       </c>
       <c r="J29" s="6">
         <v>5</v>
       </c>
       <c r="K29" s="6">
         <v>318.1</v>
       </c>
       <c r="L29" s="6">
         <v>4</v>
       </c>
       <c r="M29" s="6">
         <v>154.7</v>
       </c>
       <c r="N29" s="6">
         <v>7</v>
       </c>
       <c r="O29" s="6">
         <v>259.7</v>
       </c>
       <c r="P29" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C30" s="6">
         <v>160.9</v>
       </c>
       <c r="D30" s="6">
         <v>4</v>
       </c>
       <c r="E30" s="6">
         <v>180.2</v>
       </c>
       <c r="F30" s="6">
         <v>4</v>
       </c>
       <c r="G30" s="6">
         <v>111.3</v>
       </c>
       <c r="H30" s="6">
         <v>5</v>
       </c>
       <c r="I30" s="6">
         <v>27.4</v>
       </c>
       <c r="J30" s="6">
         <v>14</v>
       </c>
       <c r="K30" s="6">
         <v>28.9</v>
       </c>
       <c r="L30" s="6">
         <v>14</v>
       </c>
       <c r="M30" s="6">
         <v>136.5</v>
       </c>
       <c r="N30" s="6">
         <v>5</v>
       </c>
       <c r="O30" s="6">
         <v>119.0</v>
       </c>
       <c r="P30" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C31" s="6">
         <v>0.2</v>
       </c>
       <c r="D31" s="6">
         <v>92</v>
       </c>
       <c r="E31" s="6">
         <v>0.1</v>
       </c>
       <c r="F31" s="6">
         <v>100</v>
       </c>
       <c r="G31" s="6">
         <v>0.1</v>
       </c>
       <c r="H31" s="6">
         <v>92</v>
       </c>
       <c r="I31" s="6">
         <v>0.1</v>
       </c>
       <c r="J31" s="6">
         <v>100</v>
       </c>
       <c r="K31" s="6">
         <v>0.1</v>
       </c>
       <c r="L31" s="6">
         <v>100</v>
       </c>
       <c r="M31" s="6">
         <v>0.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O31" s="6">
         <v>0.1</v>
       </c>
       <c r="P31" s="6">
         <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C32" s="6">
         <v>379.8</v>
       </c>
       <c r="D32" s="6">
         <v>2</v>
       </c>
       <c r="E32" s="6">
         <v>396.4</v>
       </c>
       <c r="F32" s="6">
         <v>2</v>
       </c>
       <c r="G32" s="6">
         <v>446.3</v>
       </c>
       <c r="H32" s="6">
         <v>2</v>
       </c>
       <c r="I32" s="6">
         <v>308.8</v>
       </c>
       <c r="J32" s="6">
         <v>5</v>
       </c>
@@ -1888,289 +1891,289 @@
         <v>291.2</v>
       </c>
       <c r="N32" s="6">
         <v>4</v>
       </c>
       <c r="O32" s="6">
         <v>378.8</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2313084/514599</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume totale di legno (legno del fusto)</t>
+            <t xml:space="preserve">total wood volume (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
+            <t xml:space="preserve">tree state (living/dead)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:P33"/>