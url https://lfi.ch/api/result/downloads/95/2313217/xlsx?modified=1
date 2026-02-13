--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -12,130 +12,130 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
-[...7 lines deleted...]
-    <t>état de l'arbre (vif/mort) · résineux et feuillus</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total wood volume (stemwood)</t>
+  </si>
+  <si>
+    <t>tree state (living/dead) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,287 +172,290 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Suisse</t>
-[...5 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>tree state (living/dead)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t xml:space="preserve"> n/a</t>
+  </si>
+  <si>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...5 lines deleted...]
-    <t>indéterminable</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>vif</t>
-[...2 lines deleted...]
-    <t>mort</t>
+    <t>living</t>
+  </si>
+  <si>
+    <t>dead</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2313217/514594</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume total de bois (bois de tige)</t>
+      <t xml:space="preserve">total wood volume (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le volume total de bois correspond à la somme du volume de bois et du volume de bois mort.</t>
+    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark. The total wood volume is the sum of the growing stock and deadwood volumes.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+      <t xml:space="preserve">tree state (living/dead)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -804,52 +807,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1235,1025 +1238,1025 @@
       </c>
       <c r="AW12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="AX12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="AY12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="AZ12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="BA12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="BB12" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G13" s="6">
         <v>0.0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I13" s="6">
         <v>0.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K13" s="6">
         <v>0.0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M13" s="6">
         <v>0.0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O13" s="6">
         <v>0.0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q13" s="6">
         <v>0.0</v>
       </c>
       <c r="R13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S13" s="6">
         <v>0.0</v>
       </c>
       <c r="T13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U13" s="6">
         <v>0.0</v>
       </c>
       <c r="V13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W13" s="6">
         <v>0.0</v>
       </c>
       <c r="X13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y13" s="6">
         <v>0.0</v>
       </c>
       <c r="Z13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA13" s="6">
         <v>0.0</v>
       </c>
       <c r="AB13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC13" s="6">
         <v>0.0</v>
       </c>
       <c r="AD13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE13" s="6">
         <v>0.0</v>
       </c>
       <c r="AF13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG13" s="6">
         <v>0.0</v>
       </c>
       <c r="AH13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI13" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK13" s="6">
         <v>0.0</v>
       </c>
       <c r="AL13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM13" s="6">
         <v>0.0</v>
       </c>
       <c r="AN13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO13" s="6">
         <v>0.0</v>
       </c>
       <c r="AP13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ13" s="6">
         <v>0.0</v>
       </c>
       <c r="AR13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS13" s="6">
         <v>0.0</v>
       </c>
       <c r="AT13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU13" s="6">
         <v>0.0</v>
       </c>
       <c r="AV13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW13" s="6">
         <v>0.0</v>
       </c>
       <c r="AX13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY13" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA13" s="6">
         <v>0.0</v>
       </c>
       <c r="BB13" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="6">
         <v>0.0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E14" s="6">
         <v>0.0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G14" s="6">
         <v>0.0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I14" s="6">
         <v>0.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K14" s="6">
         <v>0.0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M14" s="6">
         <v>0.0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O14" s="6">
         <v>0.0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q14" s="6">
         <v>0.0</v>
       </c>
       <c r="R14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S14" s="6">
         <v>0.0</v>
       </c>
       <c r="T14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U14" s="6">
         <v>0.0</v>
       </c>
       <c r="V14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W14" s="6">
         <v>0.0</v>
       </c>
       <c r="X14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y14" s="6">
         <v>0.0</v>
       </c>
       <c r="Z14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA14" s="6">
         <v>0.0</v>
       </c>
       <c r="AB14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC14" s="6">
         <v>0.0</v>
       </c>
       <c r="AD14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE14" s="6">
         <v>0.0</v>
       </c>
       <c r="AF14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG14" s="6">
         <v>0.0</v>
       </c>
       <c r="AH14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI14" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK14" s="6">
         <v>0.0</v>
       </c>
       <c r="AL14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM14" s="6">
         <v>0.0</v>
       </c>
       <c r="AN14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO14" s="6">
         <v>0.0</v>
       </c>
       <c r="AP14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ14" s="6">
         <v>0.0</v>
       </c>
       <c r="AR14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS14" s="6">
         <v>0.0</v>
       </c>
       <c r="AT14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU14" s="6">
         <v>0.0</v>
       </c>
       <c r="AV14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW14" s="6">
         <v>0.0</v>
       </c>
       <c r="AX14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY14" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA14" s="6">
         <v>0.0</v>
       </c>
       <c r="BB14" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" s="6">
         <v>0.0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I15" s="6">
         <v>0.0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K15" s="6">
         <v>0.0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M15" s="6">
         <v>0.0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O15" s="6">
         <v>0.0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q15" s="6">
         <v>0.0</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S15" s="6">
         <v>0.0</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U15" s="6">
         <v>0.0</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W15" s="6">
         <v>0.0</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y15" s="6">
         <v>0.0</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA15" s="6">
         <v>0.0</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC15" s="6">
         <v>0.0</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE15" s="6">
         <v>0.0</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG15" s="6">
         <v>0.0</v>
       </c>
       <c r="AH15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI15" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK15" s="6">
         <v>0.0</v>
       </c>
       <c r="AL15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM15" s="6">
         <v>0.0</v>
       </c>
       <c r="AN15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO15" s="6">
         <v>0.0</v>
       </c>
       <c r="AP15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ15" s="6">
         <v>0.0</v>
       </c>
       <c r="AR15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS15" s="6">
         <v>0.0</v>
       </c>
       <c r="AT15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU15" s="6">
         <v>0.0</v>
       </c>
       <c r="AV15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW15" s="6">
         <v>0.0</v>
       </c>
       <c r="AX15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY15" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA15" s="6">
         <v>0.0</v>
       </c>
       <c r="BB15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" s="6">
         <v>0.0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E16" s="6">
         <v>0.0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G16" s="6">
         <v>0.0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I16" s="6">
         <v>0.0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K16" s="6">
         <v>0.0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M16" s="6">
         <v>0.0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O16" s="6">
         <v>0.0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q16" s="6">
         <v>0.0</v>
       </c>
       <c r="R16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S16" s="6">
         <v>0.0</v>
       </c>
       <c r="T16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U16" s="6">
         <v>0.0</v>
       </c>
       <c r="V16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W16" s="6">
         <v>0.0</v>
       </c>
       <c r="X16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y16" s="6">
         <v>0.0</v>
       </c>
       <c r="Z16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA16" s="6">
         <v>0.0</v>
       </c>
       <c r="AB16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC16" s="6">
         <v>0.0</v>
       </c>
       <c r="AD16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE16" s="6">
         <v>0.0</v>
       </c>
       <c r="AF16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG16" s="6">
         <v>0.0</v>
       </c>
       <c r="AH16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI16" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK16" s="6">
         <v>0.0</v>
       </c>
       <c r="AL16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM16" s="6">
         <v>0.0</v>
       </c>
       <c r="AN16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO16" s="6">
         <v>0.0</v>
       </c>
       <c r="AP16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ16" s="6">
         <v>0.0</v>
       </c>
       <c r="AR16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS16" s="6">
         <v>0.0</v>
       </c>
       <c r="AT16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU16" s="6">
         <v>0.0</v>
       </c>
       <c r="AV16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW16" s="6">
         <v>0.0</v>
       </c>
       <c r="AX16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY16" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA16" s="6">
         <v>0.0</v>
       </c>
       <c r="BB16" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C17" s="6">
         <v>0.0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E17" s="6">
         <v>0.0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G17" s="6">
         <v>0.0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I17" s="6">
         <v>0.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K17" s="6">
         <v>0.0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M17" s="6">
         <v>0.0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O17" s="6">
         <v>0.0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q17" s="6">
         <v>0.0</v>
       </c>
       <c r="R17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S17" s="6">
         <v>0.0</v>
       </c>
       <c r="T17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U17" s="6">
         <v>0.0</v>
       </c>
       <c r="V17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W17" s="6">
         <v>0.0</v>
       </c>
       <c r="X17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y17" s="6">
         <v>0.0</v>
       </c>
       <c r="Z17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA17" s="6">
         <v>0.0</v>
       </c>
       <c r="AB17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC17" s="6">
         <v>0.0</v>
       </c>
       <c r="AD17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE17" s="6">
         <v>0.0</v>
       </c>
       <c r="AF17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG17" s="6">
         <v>0.0</v>
       </c>
       <c r="AH17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI17" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK17" s="6">
         <v>0.0</v>
       </c>
       <c r="AL17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM17" s="6">
         <v>0.0</v>
       </c>
       <c r="AN17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO17" s="6">
         <v>0.0</v>
       </c>
       <c r="AP17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ17" s="6">
         <v>0.0</v>
       </c>
       <c r="AR17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS17" s="6">
         <v>0.0</v>
       </c>
       <c r="AT17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU17" s="6">
         <v>0.0</v>
       </c>
       <c r="AV17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW17" s="6">
         <v>0.0</v>
       </c>
       <c r="AX17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY17" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA17" s="6">
         <v>0.0</v>
       </c>
       <c r="BB17" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q18" s="6">
         <v>0.0</v>
       </c>
       <c r="R18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S18" s="6">
         <v>0.0</v>
       </c>
       <c r="T18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U18" s="6">
         <v>0.0</v>
       </c>
       <c r="V18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W18" s="6">
         <v>0.0</v>
       </c>
       <c r="X18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y18" s="6">
         <v>0.0</v>
       </c>
       <c r="Z18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA18" s="6">
         <v>0.0</v>
       </c>
       <c r="AB18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC18" s="6">
         <v>0.0</v>
       </c>
       <c r="AD18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE18" s="6">
         <v>0.0</v>
       </c>
       <c r="AF18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG18" s="6">
         <v>0.0</v>
       </c>
       <c r="AH18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI18" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK18" s="6">
         <v>0.0</v>
       </c>
       <c r="AL18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM18" s="6">
         <v>0.0</v>
       </c>
       <c r="AN18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO18" s="6">
         <v>0.0</v>
       </c>
       <c r="AP18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ18" s="6">
         <v>0.0</v>
       </c>
       <c r="AR18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS18" s="6">
         <v>0.0</v>
       </c>
       <c r="AT18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU18" s="6">
         <v>0.0</v>
       </c>
       <c r="AV18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW18" s="6">
         <v>0.0</v>
       </c>
       <c r="AX18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY18" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA18" s="6">
         <v>0.0</v>
       </c>
       <c r="BB18" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:54">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C19" s="6">
         <v>112.2</v>
       </c>
       <c r="D19" s="6">
         <v>14</v>
       </c>
       <c r="E19" s="6">
         <v>636.6</v>
       </c>
       <c r="F19" s="6">
         <v>15</v>
       </c>
       <c r="G19" s="6">
         <v>422.5</v>
       </c>
       <c r="H19" s="6">
         <v>18</v>
       </c>
       <c r="I19" s="6">
         <v>267.7</v>
       </c>
       <c r="J19" s="6">
         <v>4</v>
       </c>
@@ -2371,51 +2374,51 @@
       <c r="AV19" s="6">
         <v>5</v>
       </c>
       <c r="AW19" s="6">
         <v>274.7</v>
       </c>
       <c r="AX19" s="6">
         <v>24</v>
       </c>
       <c r="AY19" s="6">
         <v>182.0</v>
       </c>
       <c r="AZ19" s="6">
         <v>10</v>
       </c>
       <c r="BA19" s="6">
         <v>235.7</v>
       </c>
       <c r="BB19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:54">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C20" s="6">
         <v>180.5</v>
       </c>
       <c r="D20" s="6">
         <v>10</v>
       </c>
       <c r="E20" s="6">
         <v>65.3</v>
       </c>
       <c r="F20" s="6">
         <v>40</v>
       </c>
       <c r="G20" s="6">
         <v>124.8</v>
       </c>
       <c r="H20" s="6">
         <v>23</v>
       </c>
       <c r="I20" s="6">
         <v>112.1</v>
       </c>
       <c r="J20" s="6">
         <v>6</v>
       </c>
@@ -2533,213 +2536,213 @@
       <c r="AV20" s="6">
         <v>13</v>
       </c>
       <c r="AW20" s="6">
         <v>103.9</v>
       </c>
       <c r="AX20" s="6">
         <v>29</v>
       </c>
       <c r="AY20" s="6">
         <v>164.9</v>
       </c>
       <c r="AZ20" s="6">
         <v>8</v>
       </c>
       <c r="BA20" s="6">
         <v>111.3</v>
       </c>
       <c r="BB20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:54">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q21" s="6">
         <v>0.0</v>
       </c>
       <c r="R21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S21" s="6">
         <v>0.0</v>
       </c>
       <c r="T21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U21" s="6">
         <v>0.0</v>
       </c>
       <c r="V21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W21" s="6">
         <v>0.0</v>
       </c>
       <c r="X21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y21" s="6">
         <v>0.0</v>
       </c>
       <c r="Z21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA21" s="6">
         <v>0.0</v>
       </c>
       <c r="AB21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC21" s="6">
         <v>0.0</v>
       </c>
       <c r="AD21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE21" s="6">
         <v>0.0</v>
       </c>
       <c r="AF21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG21" s="6">
         <v>0.0</v>
       </c>
       <c r="AH21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI21" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK21" s="6">
         <v>0.0</v>
       </c>
       <c r="AL21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM21" s="6">
         <v>0.0</v>
       </c>
       <c r="AN21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO21" s="6">
         <v>0.0</v>
       </c>
       <c r="AP21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ21" s="6">
         <v>0.0</v>
       </c>
       <c r="AR21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS21" s="6">
         <v>0.0</v>
       </c>
       <c r="AT21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU21" s="6">
         <v>0.0</v>
       </c>
       <c r="AV21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW21" s="6">
         <v>0.0</v>
       </c>
       <c r="AX21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY21" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA21" s="6">
         <v>0.0</v>
       </c>
       <c r="BB21" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:54">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C22" s="6">
         <v>292.6</v>
       </c>
       <c r="D22" s="6">
         <v>7</v>
       </c>
       <c r="E22" s="6">
         <v>701.9</v>
       </c>
       <c r="F22" s="6">
         <v>14</v>
       </c>
       <c r="G22" s="6">
         <v>547.3</v>
       </c>
       <c r="H22" s="6">
         <v>15</v>
       </c>
       <c r="I22" s="6">
         <v>379.8</v>
       </c>
       <c r="J22" s="6">
         <v>3</v>
       </c>
@@ -2856,216 +2859,216 @@
       </c>
       <c r="AV22" s="6">
         <v>5</v>
       </c>
       <c r="AW22" s="6">
         <v>378.5</v>
       </c>
       <c r="AX22" s="6">
         <v>16</v>
       </c>
       <c r="AY22" s="6">
         <v>346.9</v>
       </c>
       <c r="AZ22" s="6">
         <v>6</v>
       </c>
       <c r="BA22" s="6">
         <v>347.0</v>
       </c>
       <c r="BB22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:54">
       <c r="A23" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q23" s="6">
         <v>0.0</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S23" s="6">
         <v>0.0</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U23" s="6">
         <v>0.0</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W23" s="6">
         <v>0.0</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y23" s="6">
         <v>0.0</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA23" s="6">
         <v>0.0</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC23" s="6">
         <v>0.0</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE23" s="6">
         <v>0.0</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG23" s="6">
         <v>0.0</v>
       </c>
       <c r="AH23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI23" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK23" s="6">
         <v>0.0</v>
       </c>
       <c r="AL23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM23" s="6">
         <v>0.0</v>
       </c>
       <c r="AN23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO23" s="6">
         <v>0.0</v>
       </c>
       <c r="AP23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ23" s="6">
         <v>0.0</v>
       </c>
       <c r="AR23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS23" s="6">
         <v>0.0</v>
       </c>
       <c r="AT23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU23" s="6">
         <v>0.0</v>
       </c>
       <c r="AV23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW23" s="6">
         <v>0.0</v>
       </c>
       <c r="AX23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY23" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA23" s="6">
         <v>0.0</v>
       </c>
       <c r="BB23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:54">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C24" s="6">
         <v>8.9</v>
       </c>
       <c r="D24" s="6">
         <v>24</v>
       </c>
       <c r="E24" s="6">
         <v>17.2</v>
       </c>
       <c r="F24" s="6">
         <v>33</v>
       </c>
       <c r="G24" s="6">
         <v>44.1</v>
       </c>
       <c r="H24" s="6">
         <v>35</v>
       </c>
       <c r="I24" s="6">
         <v>31.1</v>
       </c>
       <c r="J24" s="6">
         <v>9</v>
       </c>
@@ -3183,51 +3186,51 @@
       <c r="AV24" s="6">
         <v>9</v>
       </c>
       <c r="AW24" s="6">
         <v>24.5</v>
       </c>
       <c r="AX24" s="6">
         <v>40</v>
       </c>
       <c r="AY24" s="6">
         <v>15.1</v>
       </c>
       <c r="AZ24" s="6">
         <v>25</v>
       </c>
       <c r="BA24" s="6">
         <v>24.0</v>
       </c>
       <c r="BB24" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:54">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C25" s="6">
         <v>12.3</v>
       </c>
       <c r="D25" s="6">
         <v>29</v>
       </c>
       <c r="E25" s="6">
         <v>0.5</v>
       </c>
       <c r="F25" s="6">
         <v>74</v>
       </c>
       <c r="G25" s="6">
         <v>14.9</v>
       </c>
       <c r="H25" s="6">
         <v>38</v>
       </c>
       <c r="I25" s="6">
         <v>5.0</v>
       </c>
       <c r="J25" s="6">
         <v>18</v>
       </c>
@@ -3345,213 +3348,213 @@
       <c r="AV25" s="6">
         <v>19</v>
       </c>
       <c r="AW25" s="6">
         <v>2.9</v>
       </c>
       <c r="AX25" s="6">
         <v>75</v>
       </c>
       <c r="AY25" s="6">
         <v>5.7</v>
       </c>
       <c r="AZ25" s="6">
         <v>29</v>
       </c>
       <c r="BA25" s="6">
         <v>7.7</v>
       </c>
       <c r="BB25" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:54">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G26" s="6">
         <v>0.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I26" s="6">
         <v>0.1</v>
       </c>
       <c r="J26" s="6">
         <v>100</v>
       </c>
       <c r="K26" s="6">
         <v>0.1</v>
       </c>
       <c r="L26" s="6">
         <v>99</v>
       </c>
       <c r="M26" s="6">
         <v>0.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O26" s="6">
         <v>0.0</v>
       </c>
       <c r="P26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q26" s="6">
         <v>0.0</v>
       </c>
       <c r="R26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S26" s="6">
         <v>0.1</v>
       </c>
       <c r="T26" s="6">
         <v>100</v>
       </c>
       <c r="U26" s="6">
         <v>0.0</v>
       </c>
       <c r="V26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W26" s="6">
         <v>0.0</v>
       </c>
       <c r="X26" s="6">
         <v>100</v>
       </c>
       <c r="Y26" s="6">
         <v>0.0</v>
       </c>
       <c r="Z26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA26" s="6">
         <v>0.0</v>
       </c>
       <c r="AB26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC26" s="6">
         <v>0.0</v>
       </c>
       <c r="AD26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE26" s="6">
         <v>0.0</v>
       </c>
       <c r="AF26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG26" s="6">
         <v>0.0</v>
       </c>
       <c r="AH26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI26" s="6">
         <v>0.9</v>
       </c>
       <c r="AJ26" s="6">
         <v>99</v>
       </c>
       <c r="AK26" s="6">
         <v>0.0</v>
       </c>
       <c r="AL26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM26" s="6">
         <v>0.0</v>
       </c>
       <c r="AN26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO26" s="6">
         <v>0.0</v>
       </c>
       <c r="AP26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ26" s="6">
         <v>0.0</v>
       </c>
       <c r="AR26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS26" s="6">
         <v>0.0</v>
       </c>
       <c r="AT26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU26" s="6">
         <v>0.1</v>
       </c>
       <c r="AV26" s="6">
         <v>100</v>
       </c>
       <c r="AW26" s="6">
         <v>0.0</v>
       </c>
       <c r="AX26" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY26" s="6">
         <v>0.4</v>
       </c>
       <c r="AZ26" s="6">
         <v>100</v>
       </c>
       <c r="BA26" s="6">
         <v>0.1</v>
       </c>
       <c r="BB26" s="6">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:54">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C27" s="6">
         <v>21.2</v>
       </c>
       <c r="D27" s="6">
         <v>19</v>
       </c>
       <c r="E27" s="6">
         <v>17.6</v>
       </c>
       <c r="F27" s="6">
         <v>31</v>
       </c>
       <c r="G27" s="6">
         <v>59.0</v>
       </c>
       <c r="H27" s="6">
         <v>29</v>
       </c>
       <c r="I27" s="6">
         <v>36.1</v>
       </c>
       <c r="J27" s="6">
         <v>8</v>
       </c>
@@ -3668,216 +3671,216 @@
       </c>
       <c r="AV27" s="6">
         <v>8</v>
       </c>
       <c r="AW27" s="6">
         <v>27.4</v>
       </c>
       <c r="AX27" s="6">
         <v>41</v>
       </c>
       <c r="AY27" s="6">
         <v>21.2</v>
       </c>
       <c r="AZ27" s="6">
         <v>20</v>
       </c>
       <c r="BA27" s="6">
         <v>31.8</v>
       </c>
       <c r="BB27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:54">
       <c r="A28" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q28" s="6">
         <v>0.0</v>
       </c>
       <c r="R28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S28" s="6">
         <v>0.0</v>
       </c>
       <c r="T28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U28" s="6">
         <v>0.0</v>
       </c>
       <c r="V28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W28" s="6">
         <v>0.0</v>
       </c>
       <c r="X28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y28" s="6">
         <v>0.0</v>
       </c>
       <c r="Z28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA28" s="6">
         <v>0.0</v>
       </c>
       <c r="AB28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC28" s="6">
         <v>0.0</v>
       </c>
       <c r="AD28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE28" s="6">
         <v>0.0</v>
       </c>
       <c r="AF28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG28" s="6">
         <v>0.0</v>
       </c>
       <c r="AH28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI28" s="6">
         <v>0.0</v>
       </c>
       <c r="AJ28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AK28" s="6">
         <v>0.0</v>
       </c>
       <c r="AL28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM28" s="6">
         <v>0.0</v>
       </c>
       <c r="AN28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO28" s="6">
         <v>0.0</v>
       </c>
       <c r="AP28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ28" s="6">
         <v>0.0</v>
       </c>
       <c r="AR28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS28" s="6">
         <v>0.0</v>
       </c>
       <c r="AT28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU28" s="6">
         <v>0.0</v>
       </c>
       <c r="AV28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AW28" s="6">
         <v>0.0</v>
       </c>
       <c r="AX28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY28" s="6">
         <v>0.0</v>
       </c>
       <c r="AZ28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="BA28" s="6">
         <v>0.0</v>
       </c>
       <c r="BB28" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:54">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C29" s="6">
         <v>121.1</v>
       </c>
       <c r="D29" s="6">
         <v>13</v>
       </c>
       <c r="E29" s="6">
         <v>653.7</v>
       </c>
       <c r="F29" s="6">
         <v>15</v>
       </c>
       <c r="G29" s="6">
         <v>466.6</v>
       </c>
       <c r="H29" s="6">
         <v>16</v>
       </c>
       <c r="I29" s="6">
         <v>298.8</v>
       </c>
       <c r="J29" s="6">
         <v>4</v>
       </c>
@@ -3995,51 +3998,51 @@
       <c r="AV29" s="6">
         <v>5</v>
       </c>
       <c r="AW29" s="6">
         <v>299.2</v>
       </c>
       <c r="AX29" s="6">
         <v>21</v>
       </c>
       <c r="AY29" s="6">
         <v>197.1</v>
       </c>
       <c r="AZ29" s="6">
         <v>9</v>
       </c>
       <c r="BA29" s="6">
         <v>259.7</v>
       </c>
       <c r="BB29" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:54">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C30" s="6">
         <v>192.8</v>
       </c>
       <c r="D30" s="6">
         <v>10</v>
       </c>
       <c r="E30" s="6">
         <v>65.8</v>
       </c>
       <c r="F30" s="6">
         <v>40</v>
       </c>
       <c r="G30" s="6">
         <v>139.7</v>
       </c>
       <c r="H30" s="6">
         <v>23</v>
       </c>
       <c r="I30" s="6">
         <v>117.0</v>
       </c>
       <c r="J30" s="6">
         <v>6</v>
       </c>
@@ -4157,213 +4160,213 @@
       <c r="AV30" s="6">
         <v>13</v>
       </c>
       <c r="AW30" s="6">
         <v>106.8</v>
       </c>
       <c r="AX30" s="6">
         <v>29</v>
       </c>
       <c r="AY30" s="6">
         <v>170.6</v>
       </c>
       <c r="AZ30" s="6">
         <v>8</v>
       </c>
       <c r="BA30" s="6">
         <v>119.0</v>
       </c>
       <c r="BB30" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:54">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E31" s="6">
         <v>0.0</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I31" s="6">
         <v>0.1</v>
       </c>
       <c r="J31" s="6">
         <v>100</v>
       </c>
       <c r="K31" s="6">
         <v>0.1</v>
       </c>
       <c r="L31" s="6">
         <v>99</v>
       </c>
       <c r="M31" s="6">
         <v>0.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O31" s="6">
         <v>0.0</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q31" s="6">
         <v>0.0</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="S31" s="6">
         <v>0.1</v>
       </c>
       <c r="T31" s="6">
         <v>100</v>
       </c>
       <c r="U31" s="6">
         <v>0.0</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W31" s="6">
         <v>0.0</v>
       </c>
       <c r="X31" s="6">
         <v>100</v>
       </c>
       <c r="Y31" s="6">
         <v>0.0</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AA31" s="6">
         <v>0.0</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC31" s="6">
         <v>0.0</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AE31" s="6">
         <v>0.0</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG31" s="6">
         <v>0.0</v>
       </c>
       <c r="AH31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI31" s="6">
         <v>0.9</v>
       </c>
       <c r="AJ31" s="6">
         <v>99</v>
       </c>
       <c r="AK31" s="6">
         <v>0.0</v>
       </c>
       <c r="AL31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AM31" s="6">
         <v>0.0</v>
       </c>
       <c r="AN31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AO31" s="6">
         <v>0.0</v>
       </c>
       <c r="AP31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AQ31" s="6">
         <v>0.0</v>
       </c>
       <c r="AR31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AS31" s="6">
         <v>0.0</v>
       </c>
       <c r="AT31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AU31" s="6">
         <v>0.1</v>
       </c>
       <c r="AV31" s="6">
         <v>100</v>
       </c>
       <c r="AW31" s="6">
         <v>0.0</v>
       </c>
       <c r="AX31" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AY31" s="6">
         <v>0.4</v>
       </c>
       <c r="AZ31" s="6">
         <v>100</v>
       </c>
       <c r="BA31" s="6">
         <v>0.1</v>
       </c>
       <c r="BB31" s="6">
         <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:54">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C32" s="6">
         <v>313.9</v>
       </c>
       <c r="D32" s="6">
         <v>7</v>
       </c>
       <c r="E32" s="6">
         <v>719.5</v>
       </c>
       <c r="F32" s="6">
         <v>14</v>
       </c>
       <c r="G32" s="6">
         <v>606.3</v>
       </c>
       <c r="H32" s="6">
         <v>13</v>
       </c>
       <c r="I32" s="6">
         <v>415.9</v>
       </c>
       <c r="J32" s="6">
         <v>3</v>
       </c>
@@ -4491,51 +4494,51 @@
         <v>368.1</v>
       </c>
       <c r="AZ32" s="6">
         <v>5</v>
       </c>
       <c r="BA32" s="6">
         <v>378.8</v>
       </c>
       <c r="BB32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:54" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2313217/514594</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
@@ -4573,245 +4576,245 @@
       <c r="AR33" s="3"/>
       <c r="AS33" s="3"/>
       <c r="AT33" s="3"/>
       <c r="AU33" s="3"/>
       <c r="AV33" s="3"/>
       <c r="AW33" s="3"/>
       <c r="AX33" s="3"/>
       <c r="AY33" s="3"/>
       <c r="AZ33" s="3"/>
       <c r="BA33" s="3"/>
       <c r="BB33" s="3"/>
     </row>
     <row r="36" spans="1:54">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume total de bois (bois de tige)</t>
+            <t xml:space="preserve">total wood volume (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:54" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:54">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+            <t xml:space="preserve">tree state (living/dead)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:54" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="42" spans="1:54">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:54" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:54">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:54" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="48" spans="1:54">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:54" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="51" spans="1:54">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:54" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:BB8"/>
     <mergeCell ref="C10:BB10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="Q11:R11"/>
     <mergeCell ref="S11:T11"/>
     <mergeCell ref="U11:V11"/>
     <mergeCell ref="W11:X11"/>
     <mergeCell ref="Y11:Z11"/>