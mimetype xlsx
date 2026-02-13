--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -12,390 +12,393 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
-[...7 lines deleted...]
-    <t>état de l'arbre (vif/mort) · résineux et feuillus</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+  <si>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>total wood volume (stemwood)</t>
+  </si>
+  <si>
+    <t>tree state (living/dead) · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...2 lines deleted...]
-    <t>région biogéographique</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...17 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>tree state (living/dead)</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t xml:space="preserve"> n/a</t>
+  </si>
+  <si>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...5 lines deleted...]
-    <t>indéterminable</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>vif</t>
-[...2 lines deleted...]
-    <t>mort</t>
+    <t>living</t>
+  </si>
+  <si>
+    <t>dead</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2313224/514365</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume total de bois (bois de tige)</t>
+      <t xml:space="preserve">total wood volume (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le volume total de bois correspond à la somme du volume de bois et du volume de bois mort.</t>
+    <t>Stemwood volume of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark. The total wood volume is the sum of the growing stock and deadwood volumes.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+      <t xml:space="preserve">tree state (living/dead)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -912,969 +915,969 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C13" s="6">
         <v>0</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E13" s="6">
         <v>0</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" s="6">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K13" s="6">
         <v>0</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M13" s="6">
         <v>0</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O13" s="6">
         <v>0</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E14" s="6">
         <v>0</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G14" s="6">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K14" s="6">
         <v>0</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M14" s="6">
         <v>0</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O14" s="6">
         <v>0</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E15" s="6">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G15" s="6">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K15" s="6">
         <v>0</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M15" s="6">
         <v>0</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O15" s="6">
         <v>0</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E16" s="6">
         <v>0</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G16" s="6">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K16" s="6">
         <v>0</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M16" s="6">
         <v>0</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O16" s="6">
         <v>0</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E17" s="6">
         <v>0</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" s="6">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K17" s="6">
         <v>0</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M17" s="6">
         <v>0</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>0</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E18" s="6">
         <v>0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" s="6">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K18" s="6">
         <v>0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M18" s="6">
         <v>0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O18" s="6">
         <v>0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" s="6">
         <v>37873</v>
       </c>
       <c r="D19" s="6">
         <v>5</v>
       </c>
       <c r="E19" s="6">
         <v>52538</v>
       </c>
       <c r="F19" s="6">
         <v>5</v>
       </c>
       <c r="G19" s="6">
         <v>99142</v>
       </c>
       <c r="H19" s="6">
         <v>4</v>
       </c>
       <c r="I19" s="6">
         <v>27070</v>
       </c>
       <c r="J19" s="6">
         <v>7</v>
       </c>
       <c r="K19" s="6">
         <v>45657</v>
       </c>
       <c r="L19" s="6">
         <v>5</v>
       </c>
       <c r="M19" s="6">
         <v>23271</v>
       </c>
       <c r="N19" s="6">
         <v>8</v>
       </c>
       <c r="O19" s="6">
         <v>285551</v>
       </c>
       <c r="P19" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C20" s="6">
         <v>28780</v>
       </c>
       <c r="D20" s="6">
         <v>4</v>
       </c>
       <c r="E20" s="6">
         <v>44785</v>
       </c>
       <c r="F20" s="6">
         <v>4</v>
       </c>
       <c r="G20" s="6">
         <v>34409</v>
       </c>
       <c r="H20" s="6">
         <v>5</v>
       </c>
       <c r="I20" s="6">
         <v>2708</v>
       </c>
       <c r="J20" s="6">
         <v>16</v>
       </c>
       <c r="K20" s="6">
         <v>4059</v>
       </c>
       <c r="L20" s="6">
         <v>15</v>
       </c>
       <c r="M20" s="6">
         <v>20115</v>
       </c>
       <c r="N20" s="6">
         <v>5</v>
       </c>
       <c r="O20" s="6">
         <v>134858</v>
       </c>
       <c r="P20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E21" s="6">
         <v>0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G21" s="6">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I21" s="6">
         <v>0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K21" s="6">
         <v>0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M21" s="6">
         <v>0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O21" s="6">
         <v>0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C22" s="6">
         <v>66653</v>
       </c>
       <c r="D22" s="6">
         <v>3</v>
       </c>
       <c r="E22" s="6">
         <v>97323</v>
       </c>
       <c r="F22" s="6">
         <v>3</v>
       </c>
       <c r="G22" s="6">
         <v>133551</v>
       </c>
       <c r="H22" s="6">
         <v>3</v>
       </c>
       <c r="I22" s="6">
         <v>29779</v>
       </c>
       <c r="J22" s="6">
         <v>7</v>
       </c>
       <c r="K22" s="6">
         <v>49717</v>
       </c>
       <c r="L22" s="6">
         <v>5</v>
       </c>
       <c r="M22" s="6">
         <v>43386</v>
       </c>
       <c r="N22" s="6">
         <v>4</v>
       </c>
       <c r="O22" s="6">
         <v>420409</v>
       </c>
       <c r="P22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E23" s="6">
         <v>0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G23" s="6">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I23" s="6">
         <v>0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M23" s="6">
         <v>0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O23" s="6">
         <v>0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>3834</v>
       </c>
       <c r="D24" s="6">
         <v>12</v>
       </c>
       <c r="E24" s="6">
         <v>3206</v>
       </c>
       <c r="F24" s="6">
         <v>11</v>
       </c>
       <c r="G24" s="6">
         <v>11853</v>
       </c>
       <c r="H24" s="6">
         <v>6</v>
       </c>
       <c r="I24" s="6">
         <v>3663</v>
       </c>
       <c r="J24" s="6">
         <v>10</v>
       </c>
       <c r="K24" s="6">
         <v>4245</v>
       </c>
       <c r="L24" s="6">
         <v>11</v>
       </c>
       <c r="M24" s="6">
         <v>2316</v>
       </c>
       <c r="N24" s="6">
         <v>15</v>
       </c>
       <c r="O24" s="6">
         <v>29119</v>
       </c>
       <c r="P24" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C25" s="6">
         <v>1889</v>
       </c>
       <c r="D25" s="6">
         <v>14</v>
       </c>
       <c r="E25" s="6">
         <v>1700</v>
       </c>
       <c r="F25" s="6">
         <v>13</v>
       </c>
       <c r="G25" s="6">
         <v>2458</v>
       </c>
       <c r="H25" s="6">
         <v>9</v>
       </c>
       <c r="I25" s="6">
         <v>283</v>
       </c>
       <c r="J25" s="6">
         <v>23</v>
       </c>
       <c r="K25" s="6">
         <v>474</v>
       </c>
       <c r="L25" s="6">
         <v>23</v>
       </c>
       <c r="M25" s="6">
         <v>2475</v>
       </c>
       <c r="N25" s="6">
         <v>9</v>
       </c>
       <c r="O25" s="6">
         <v>9278</v>
       </c>
       <c r="P25" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C26" s="6">
         <v>29</v>
       </c>
       <c r="D26" s="6">
         <v>92</v>
       </c>
       <c r="E26" s="6">
         <v>21</v>
       </c>
       <c r="F26" s="6">
         <v>100</v>
       </c>
       <c r="G26" s="6">
         <v>17</v>
       </c>
       <c r="H26" s="6">
         <v>92</v>
       </c>
       <c r="I26" s="6">
         <v>13</v>
       </c>
       <c r="J26" s="6">
         <v>100</v>
       </c>
       <c r="K26" s="6">
         <v>15</v>
       </c>
       <c r="L26" s="6">
         <v>100</v>
       </c>
       <c r="M26" s="6">
         <v>0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O26" s="6">
         <v>94</v>
       </c>
       <c r="P26" s="6">
         <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C27" s="6">
         <v>5752</v>
       </c>
       <c r="D27" s="6">
         <v>9</v>
       </c>
       <c r="E27" s="6">
         <v>4927</v>
       </c>
       <c r="F27" s="6">
         <v>9</v>
       </c>
       <c r="G27" s="6">
         <v>14328</v>
       </c>
       <c r="H27" s="6">
         <v>6</v>
       </c>
       <c r="I27" s="6">
         <v>3960</v>
       </c>
       <c r="J27" s="6">
         <v>10</v>
       </c>
       <c r="K27" s="6">
         <v>4734</v>
       </c>
       <c r="L27" s="6">
         <v>10</v>
       </c>
       <c r="M27" s="6">
         <v>4790</v>
       </c>
       <c r="N27" s="6">
         <v>8</v>
       </c>
       <c r="O27" s="6">
         <v>38491</v>
       </c>
       <c r="P27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E28" s="6">
         <v>0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G28" s="6">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I28" s="6">
         <v>0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K28" s="6">
         <v>0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M28" s="6">
         <v>0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O28" s="6">
         <v>0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C29" s="6">
         <v>41707</v>
       </c>
       <c r="D29" s="6">
         <v>4</v>
       </c>
       <c r="E29" s="6">
         <v>55744</v>
       </c>
       <c r="F29" s="6">
         <v>5</v>
       </c>
       <c r="G29" s="6">
         <v>110996</v>
       </c>
       <c r="H29" s="6">
         <v>3</v>
       </c>
       <c r="I29" s="6">
         <v>30734</v>
       </c>
       <c r="J29" s="6">
         <v>7</v>
       </c>
       <c r="K29" s="6">
         <v>49903</v>
       </c>
       <c r="L29" s="6">
         <v>5</v>
       </c>
       <c r="M29" s="6">
         <v>25587</v>
       </c>
       <c r="N29" s="6">
         <v>8</v>
       </c>
       <c r="O29" s="6">
         <v>314670</v>
       </c>
       <c r="P29" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C30" s="6">
         <v>30669</v>
       </c>
       <c r="D30" s="6">
         <v>4</v>
       </c>
       <c r="E30" s="6">
         <v>46485</v>
       </c>
       <c r="F30" s="6">
         <v>4</v>
       </c>
       <c r="G30" s="6">
         <v>36867</v>
       </c>
       <c r="H30" s="6">
         <v>5</v>
       </c>
       <c r="I30" s="6">
         <v>2992</v>
       </c>
       <c r="J30" s="6">
         <v>15</v>
       </c>
       <c r="K30" s="6">
         <v>4534</v>
       </c>
       <c r="L30" s="6">
         <v>15</v>
       </c>
       <c r="M30" s="6">
         <v>22590</v>
       </c>
       <c r="N30" s="6">
         <v>5</v>
       </c>
       <c r="O30" s="6">
         <v>144136</v>
       </c>
       <c r="P30" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C31" s="6">
         <v>29</v>
       </c>
       <c r="D31" s="6">
         <v>92</v>
       </c>
       <c r="E31" s="6">
         <v>21</v>
       </c>
       <c r="F31" s="6">
         <v>100</v>
       </c>
       <c r="G31" s="6">
         <v>17</v>
       </c>
       <c r="H31" s="6">
         <v>92</v>
       </c>
       <c r="I31" s="6">
         <v>13</v>
       </c>
       <c r="J31" s="6">
         <v>100</v>
       </c>
       <c r="K31" s="6">
         <v>15</v>
       </c>
       <c r="L31" s="6">
         <v>100</v>
       </c>
       <c r="M31" s="6">
         <v>0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O31" s="6">
         <v>94</v>
       </c>
       <c r="P31" s="6">
         <v>44</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C32" s="6">
         <v>72405</v>
       </c>
       <c r="D32" s="6">
         <v>3</v>
       </c>
       <c r="E32" s="6">
         <v>102249</v>
       </c>
       <c r="F32" s="6">
         <v>3</v>
       </c>
       <c r="G32" s="6">
         <v>147879</v>
       </c>
       <c r="H32" s="6">
         <v>3</v>
       </c>
       <c r="I32" s="6">
         <v>33739</v>
       </c>
       <c r="J32" s="6">
         <v>7</v>
       </c>
@@ -1888,289 +1891,289 @@
         <v>48176</v>
       </c>
       <c r="N32" s="6">
         <v>4</v>
       </c>
       <c r="O32" s="6">
         <v>458900</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2313224/514365</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume total de bois (bois de tige)</t>
+            <t xml:space="preserve">total wood volume (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+            <t xml:space="preserve">tree state (living/dead)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:P33"/>