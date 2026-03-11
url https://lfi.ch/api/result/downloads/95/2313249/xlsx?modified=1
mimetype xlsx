--- v0 (2025-12-07)
+++ v1 (2026-03-11)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>development stage</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Schaftholz)</t>
+  </si>
+  <si>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2313249/527705</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume of deadwood (stemwood)</t>
+      <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #24</t>
     </r>
   </si>
   <si>
-    <t>Volume of stemwood of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1258,235 +1258,235 @@
         <v>100.0</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N20" s="6">
         <v>100.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2313249/527705</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume of deadwood (stemwood)</t>
+            <t xml:space="preserve">Totholzvolumen (Schaftholz)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #24</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>