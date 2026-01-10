--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>diameter at breast height (10 classes) · conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>provvigione (legno del fusto)</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (10 classi) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>diametro a petto d'uomo (10 classi)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2313699/535779</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">growing stock (stemwood)</t>
+      <t xml:space="preserve">provvigione (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
+    <t>Volume di legno del fusto con corteccia degli alberi e degli arbusti vivi (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU). Corrisponde al termine «growing stock» utilizzato a livello internazionale.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) degli alberi e arbusti a partire da 12 cm di DPU, in dieci classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="48.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3848,270 +3848,270 @@
         <v>269.9</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>352.9</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2313699/535779</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">growing stock (stemwood)</t>
+            <t xml:space="preserve">provvigione (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>