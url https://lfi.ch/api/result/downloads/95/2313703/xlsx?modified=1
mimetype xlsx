--- v0 (2026-02-13)
+++ v1 (2026-02-13)
@@ -17,385 +17,385 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>volume total de bois (bois de tige)</t>
-[...2 lines deleted...]
-    <t>état de l'arbre (vif/mort) · résineux et feuillus</t>
+    <t>volume totale di legno (legno del fusto)</t>
+  </si>
+  <si>
+    <t>stato dell'albero (vivo/morto) · conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...29 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>stato dell'albero (vivo/morto)</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...14 lines deleted...]
-    <t>mort</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>vivo</t>
+  </si>
+  <si>
+    <t>morto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2313703/514575</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">volume total de bois (bois de tige)</t>
+      <t xml:space="preserve">volume totale di legno (legno del fusto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #23</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige en écorce de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le volume total de bois correspond à la somme du volume de bois et du volume de bois mort.</t>
+    <t>Volume legnoso del fusto con corteccia di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm. Il volume totale di legno corrisponde alla somma della provvigione e del volume di legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+      <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont vifs ou morts. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Suddivisione degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) in vivi o morti. Fonte: rilievo sul terreno (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -747,52 +747,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1888,270 +1888,270 @@
         <v>346.6</v>
       </c>
       <c r="N32" s="6">
         <v>4</v>
       </c>
       <c r="O32" s="6">
         <v>407.8</v>
       </c>
       <c r="P32" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2313703/514575</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">volume total de bois (bois de tige)</t>
+            <t xml:space="preserve">volume totale di legno (legno del fusto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #23</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">état de l'arbre (vif/mort)</t>
+            <t xml:space="preserve">stato dell'albero (vivo/morto)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>