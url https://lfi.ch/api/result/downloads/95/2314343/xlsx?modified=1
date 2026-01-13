--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Entwicklungsstufe · Nadelholz, Laubholz</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>growing stock (stemwood)</t>
+  </si>
+  <si>
+    <t>development stage · conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Nadelholz, Laubholz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>development stage</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...26 lines deleted...]
-    <t>gemischt</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>young growth/ thicket</t>
+  </si>
+  <si>
+    <t>pole timber</t>
+  </si>
+  <si>
+    <t>young timber</t>
+  </si>
+  <si>
+    <t>medium timber</t>
+  </si>
+  <si>
+    <t>old timber</t>
+  </si>
+  <si>
+    <t>mixed</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2314343/541352</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorrat (Schaftholz)</t>
+      <t xml:space="preserve">growing stock (stemwood)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #21</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde der lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Dieses entspricht international dem «growing stock».</t>
+    <t>Stemwood volume of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Entwicklungsstufe</t>
+      <t xml:space="preserve">development stage</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
+    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2868,270 +2868,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2314343/541352</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorrat (Schaftholz)</t>
+            <t xml:space="preserve">growing stock (stemwood)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #21</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Entwicklungsstufe</t>
+            <t xml:space="preserve">development stage</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>