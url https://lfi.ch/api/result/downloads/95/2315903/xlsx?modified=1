--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>LFI4–LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>IFN4–IFN5</t>
+  </si>
+  <si>
+    <t>utilizzazione forzata dovuta agli insetti</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: m³/ha/Jahr</t>
+      <t xml:space="preserve">: m³/ha/anno</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Veränderung 2009/17–2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>variazione 2009/17–2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>m³/ha/Jahr</t>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>m³/ha/anno</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2315903/573143</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zwangsnutzung infolge Insekten</t>
+      <t xml:space="preserve">utilizzazione forzata dovuta agli insetti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #89</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), die nicht aufgrund einer waldbaulichen Planung, sondern infolge eingetretener Schäden durch Insekten zwischen zwei Inventuren dem Wald entnommen wurden. Das Merkmal wird auf Ebene Probefläche aus der Nutzung der Probebäume und dem Zwangsnutzungsanteil (nach Auskunft der Förster) abgeleitet.</t>
+    <t>Volume di legno del fusto con corteccia di tutti gli alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm che non sono stati utilizzati tra due inventari nel quadro di interventi selvicolturali pianificati, bensì in seguito a danni causati da insetti. Esso viene calcolato a livello di area di saggio a partire dall'utilizzazione degli alberi campione e dalla proporzione di utilizzazioni forzate (in base alle informazioni fornite dai forestali locali).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,51 +784,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -3149,51 +3149,51 @@
         <v>2.2</v>
       </c>
       <c r="AY24" s="6">
         <v>38</v>
       </c>
       <c r="AZ24" s="6">
         <v>0.9</v>
       </c>
       <c r="BA24" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 02.09.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 02.09.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2315903/573143</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zwangsnutzung infolge Insekten</t>
+            <t xml:space="preserve">utilizzazione forzata dovuta agli insetti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #89</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>